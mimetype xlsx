--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -7,143 +7,113 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26130"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Vartotojas\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://lazdijuvsbiuraslt-my.sharepoint.com/personal/aukse_kubiliene_lazdijuvsbiuras_lt/Documents/Darbalaukis/Krosnos ataskaitos/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7E0B6C14-0B88-40F5-BCAD-242CC22D52EB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="128" documentId="8_{423E8E50-1194-4DB6-B0DD-C57B85B2F475}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A6538C26-D461-46FB-892D-E292586BC1D8}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{3C028A02-783E-45AE-ADCD-3B808808F411}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{3C028A02-783E-45AE-ADCD-3B808808F411}"/>
   </bookViews>
   <sheets>
     <sheet name="VSPVP (2)" sheetId="2" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="_Hlk48912213">[1]SPIPV!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>tc={8F8EA431-5DE2-4945-805C-5C6456B28022}</author>
   </authors>
   <commentList>
-    <comment ref="B44" authorId="0" shapeId="0" xr:uid="{8F8EA431-5DE2-4945-805C-5C6456B28022}">
+    <comment ref="B45" authorId="0" shapeId="0" xr:uid="{8F8EA431-5DE2-4945-805C-5C6456B28022}">
       <text>
         <t>[Komentarų gija]
 „Excel“ versija leidžia jums skaityti šią komentarų giją, tačiau visi jos taisymai bus pašalinti, jei failas atidaromas naudojant naujesnę „Excel“ versiją. Daugiau informacijos: https://go.microsoft.com/fwlink/?linkid=870924.
 Komentaras:
     (įskaitant funkcijas: „Organizuoti mokinių sveikatos stiprinimo priemonių ir Mokyklos aplinkos sveikatinimo priemonių įgyvendinimą ir įgyvendinti jas pagal kompetenciją“;
 „Dalyvauti planuojant ir įgyvendinant Sveikatos ir lytiškumo ugdymo bei
 rengimo šeimai bendrąją programą ar kitą sveikatos ugdymo veiklą Mokykloje“;
 „Planuoti ir taikyti užkrečiamųjų ligų ir jų plitimo profilaktikos priemones pagal kompetenciją֧“)</t>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="293" uniqueCount="97">
-[...29 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="267" uniqueCount="99">
   <si>
     <t>I. BENDROJI INFORMACIJA</t>
   </si>
   <si>
     <t>II. TIKSLŲ, UŽDAVINIŲ, PRIEMONIŲ, VEIKSMŲ IR VERTINIMO KRITERIJŲ SUVESTINĖ</t>
   </si>
   <si>
     <t>Tikslo pavadinimas</t>
   </si>
   <si>
     <t>Tikslo vertinimo kriterijus</t>
   </si>
   <si>
     <t>Mato vnt.</t>
   </si>
   <si>
     <t>Siektina reikšmė</t>
   </si>
   <si>
     <t>Pasiekta reikšmė</t>
   </si>
   <si>
     <t>Uždavinio pavadinimas</t>
   </si>
   <si>
@@ -208,66 +178,51 @@
   <si>
     <t>Saugoti ir stiprinti mokinių sveikatą, aktyviai bendradarbiaujant su mokinių tėvais (globėjais, rūpintojais), mokytojais, pagalbos mokiniui specialistais, mokyklos vaiko gerovės komisija</t>
   </si>
   <si>
     <t xml:space="preserve">Mokinių, turinčių normalų svorį, dalis </t>
   </si>
   <si>
     <t>proc.</t>
   </si>
   <si>
     <t>Mokinių, galinčių dalyvauti ugdymo veikloje be jokių apribojimų, dalis</t>
   </si>
   <si>
     <t>Vaikų, turinčių labai žemą KPI indeksą, dalis</t>
   </si>
   <si>
     <t>Mokinių, pristačiusių formą Nr. E027-1, dalis</t>
   </si>
   <si>
     <t>1. Vykdyti mokinių sveikatos būklės stebėseną</t>
   </si>
   <si>
     <t>Teikti išvadas ir pasiūlymus dėl mokinių sveikatos būklės Mokyklos bendruomenei (ne rečiau kaip 1 kartą per metus)</t>
   </si>
   <si>
-    <t>1.1.	Sudaryti mokinių sąrašą, kuriems yra taikomos ASPĮ specialistų rekomendacijos ir parengti išvadas ir siūlymus dėl mokinių sveikatos būklės.</t>
-[...4 lines deleted...]
-  <si>
     <t>vnt.</t>
-  </si>
-[...7 lines deleted...]
-    <t>1.1.3.Informacinių renginių ir/ar kitų taikytų informavimo priemonių (pvz. lankstinukų, pranešimų per el. dienyną) kurių pagalba buvo pristatyta mokinių sveikatos būklė, skaičius</t>
   </si>
   <si>
     <t>1.2. Identifikuoti mokinių sveikatos stiprinimo ir sveikatos žinių poreikį, sveikatos raštingumo lygį atsižvelgiant į jų amžiaus tarpsnius</t>
   </si>
   <si>
     <t>1.2.1. Mokinių sveikatos žinių ir (ar) sveikatos raštingumo lygio įvertinimui bei probleminių sričių identifikavimui taikytų metodų (apklausa, protmūšis, testas ir pan.), skaičius</t>
   </si>
   <si>
     <t>vnt. / asm.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">1.2.2. Mokinių, ugdomų pagal </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>ikimokyklinio ir priešmokyklinio</t>
     </r>
@@ -324,239 +279,211 @@
   <si>
     <t>4.1. Teikti pirmąją pagalbą</t>
   </si>
   <si>
     <t>4.1.1. Mokinių, kuriems buvo teikta pirmoji pagalba ugdymo įstaigoje, skaičius</t>
   </si>
   <si>
     <t>4.2. Dalyvauti vaiko gerovės komisijos veikloje</t>
   </si>
   <si>
     <t>4.2.1. Dalyvautų susitikimų / veiklų skaičius</t>
   </si>
   <si>
     <t xml:space="preserve">4.3. Maitinimo organizavimo priežiūros vykdymas ugdymo įstaigose kompetencijų ribose </t>
   </si>
   <si>
     <t>4.3.1. Atliktų vaikų maitinimo organizavimo vertinimų skaičius</t>
   </si>
   <si>
     <t>5. Ugdyti mokinių sveikos gyvensenos įgūdžius</t>
   </si>
   <si>
     <t>Teikti sveikatos žinias Mokyklos bendruomenei apie sveikatos išsaugojimą bei sveikatos stiprinimo būdus, mokyti pritaikyti jas praktiškai</t>
   </si>
   <si>
-    <t>5.1. Sveikatos sauga ir stiprinimas, bendrieji sveikos gyvensenos ir ligų prevencijos klausimai</t>
-[...1 lines deleted...]
-  <si>
     <t>Pravestų renginių (akcijų) skaičius / dalyvių skaičius</t>
   </si>
   <si>
     <t>I ketv.</t>
   </si>
   <si>
     <t>II ketv.</t>
   </si>
   <si>
     <t>III ketv.</t>
   </si>
   <si>
     <t>IV ketv.</t>
   </si>
   <si>
-    <t>5.2. Sveika mityba ir nutukimo prevencija</t>
-[...1 lines deleted...]
-  <si>
     <t>5.3. Fizinis aktyvumas:</t>
   </si>
   <si>
     <t>5.4. Psichikos sveikata (smurto, patyčių prevencija, streso kontrolė ir kt.):</t>
   </si>
   <si>
     <t>5.5. Aplinkos sveikata:</t>
   </si>
   <si>
     <t>5.6. Rūkymo, alkoholio ir narkotikų vartojimo prevencija:</t>
   </si>
   <si>
-    <t>5.7. Lytiškumo ugdymas, AIDS ir lytiškai plintančių ligų prevencija:</t>
-[...1 lines deleted...]
-  <si>
     <t>5.8. Tuberkuliozės profilaktika:</t>
   </si>
   <si>
-    <t>5.9. Užkrečiamųjų ligų profilaktika, asmens higiena:</t>
-[...1 lines deleted...]
-  <si>
     <t>5.10. Ėduonies profilaktika ir burnos higiena:</t>
   </si>
   <si>
     <t>5.11. Kraujotakos sistemos ligų profilaktika:</t>
   </si>
   <si>
     <t>5.12. Traumų ir nelaimingų atsitikimų prevencija:</t>
   </si>
   <si>
     <t>5.13. Onkologinių ligų profilaktika:</t>
   </si>
   <si>
-    <t>5.14. Supratimo apie mikroorganizmų atsparumą antimikrobinėms medžiagoms didinimas:</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Rengėjo pareigos, Vardas Pavardė                                                                                                                                                       </t>
   </si>
   <si>
     <t>Vardas ir pavardė</t>
   </si>
   <si>
     <t>3.2.1. Siūlymų dėl mokinių sveikatos stiprinimo ir mokyklos aplinkos sveikatinimo priemonių įtraukimo į mokyklos strateginius veiklos planus mokyklos administracijai, skaičius</t>
   </si>
   <si>
-    <r>
-[...51 lines deleted...]
-  <si>
     <t>Per einamuosius metus</t>
   </si>
   <si>
+    <t>Einamųjų metų 05/11 mėn.</t>
+  </si>
+  <si>
+    <t>SUDERINTA 
+Lazdijų rajono savivaldybės
+visuomenės sveikatos biuro direktorė Simona Jasinskienė
+_______________________</t>
+  </si>
+  <si>
+    <t>5.14. Dalyvavimas sveikatą stiprinančių ir aktyvių mokyklų veikloje:</t>
+  </si>
+  <si>
+    <t>5.7. Lytiškumo ugdymas, AIDS ir lytiškai plintančių infekcijų prevencija:</t>
+  </si>
+  <si>
+    <t>5.9. Užkrečiamųjų ligų prevencijos skaitinimas ir supratimo apie mikroorganizmų atsparumą antimikrobinėms medžiagoms didinimas:</t>
+  </si>
+  <si>
+    <t>5.2. Sveika mityba ir nutukimo prevencija:</t>
+  </si>
+  <si>
+    <t>5.1. Sveikatos sauga ir stiprinimas, bendrieji sveikos gyvensenos ir ligų prevencijos klausimai:</t>
+  </si>
+  <si>
+    <t>1.1.3. Parengtas mokinių sąrašas, kurių Mokinio sveikatos pažymėjimas užpildytas ne pilna apimtimi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.1.1. Teiktų, Mokyklos vadovams ar atsakingiems darbuotojams, asmens sveikatos priežiūros įstaigų specialistų išvadų ir rekomendacijų dėl Mokinių sveikatos, skaičius </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.1.2. Peržiūrėtų pažymėjimų (forma Nr. 027-1) skaičius  </t>
+  </si>
+  <si>
+    <t>1.1.4. Informacinių renginių ir/ar kitų taikytų informavimo priemonių (pvz. lankstinukų, pranešimų per el. dienyną) kurių pagalba buvo pristatyta mokinių sveikatos būklė, skaičius</t>
+  </si>
+  <si>
+    <t>1.1. Rinkti, kaupti ir analizuoti mokinių asmens, įskaitant sveikatos, duomenis Vaikų sveikatos informacinėje sistemoje</t>
+  </si>
+  <si>
+    <t>Lazdijų Motiejaus Gustaičio gimnazijos Krosnos ikimokyklinio ugdymo skyrius</t>
+  </si>
+  <si>
+    <t>2025 M.
+VISUOMENĖS SVEIKATOS PRIEŽIŪROS VEIKLOS PLANAS</t>
+  </si>
+  <si>
+    <t>SITUACIJOS ANALIZĖ. Mokykloje mokosi 14 mokinių. Sveikatą pasitikrinę  visi mokiniai. Sveikatos rodikliai yra geri, tad bus siekiama kuo daugiau šviesti ir mokinti  apie sveiką gyvenseną.</t>
+  </si>
+  <si>
+    <t>Visuomenės sveikatos specialistė, vykdanti sveikatos priežiūrą mokykloje Auksė Kubilienė</t>
+  </si>
+  <si>
+    <t>pagal poreikį</t>
+  </si>
+  <si>
     <t>Auksė Kubilienė</t>
   </si>
   <si>
-    <t>pagal poreikį</t>
-[...2 lines deleted...]
-    <t>Einamųjų metų 5/11 mėn.</t>
+    <t xml:space="preserve">III ketv. </t>
   </si>
   <si>
     <t>Visuomenės sveikatos specialistė, 
-vykdanti sveikatos priežiūrą mokykloje Auksė Kubilienė</t>
+vykdanti sveikatos priežiūrą mokykloje Auksė  Kubilienė</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="21" x14ac:knownFonts="1">
+  <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
-      <i/>
-[...7 lines deleted...]
-      <b/>
       <i/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
@@ -579,87 +506,86 @@
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
-      <b/>
-[...2 lines deleted...]
-      <sz val="16"/>
+      <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
-      <sz val="12"/>
-      <color theme="1"/>
+      <sz val="16"/>
       <name val="Times New Roman"/>
       <family val="1"/>
+      <charset val="186"/>
     </font>
   </fonts>
   <fills count="12">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
@@ -686,51 +612,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF1FEDE"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9D9D9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="48">
+  <borders count="47">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
@@ -1266,84 +1192,68 @@
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...11 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="161">
+  <cellXfs count="160">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1375,561 +1285,564 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="9" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="9" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="9" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="9" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="9" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="9" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="9" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="11" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="11" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="11" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="9" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="9" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="10" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="3" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="11" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="11" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="11" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="11" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
-    </xf>
-[...199 lines deleted...]
-      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Įprastas" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFF1FEDE"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="https://dvs.lazdijai.lt:49201/DocLogix/Attachments/Current/Lazdij&#371;%20rajono%20savivaldyb&#279;s%20administracijos%20dokument&#371;%20sritis%20(10813)/3.1.E%20(17826766)/3.1.E-616/2022%20m.%20administracijos%20MVP.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="https://dvs.lazdijai.lt:49201/DocLogix/Attachments/Current/Lazdij&#371;%20rajono%20savivaldyb&#279;s%20administracijos%20dokument&#371;%20sritis%20(10813)/3.1.E%20(17826766)/3.1.E-616/2022%20m.%20administracijos%20MVP.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="https://dvs.lazdijai.lt:49201/DocLogix/Attachments/Current/Lazdij&#371;%20rajono%20savivaldyb&#279;s%20administracijos%20dokument&#371;%20sritis%20(10813)/3.1.E%20(17826766)/3.1.E-616/2022%20m.%20administracijos%20MVP.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
+    <xxl21:alternateUrls>
+      <xxl21:absoluteUrl r:id="rId2"/>
+    </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Titulinis"/>
       <sheetName val="AT"/>
       <sheetName val="BFT"/>
       <sheetName val="CBA"/>
       <sheetName val="CSVA"/>
       <sheetName val="IT"/>
       <sheetName val="JRK"/>
       <sheetName val="KŽŪP"/>
       <sheetName val="KD"/>
       <sheetName val="SPS"/>
       <sheetName val="SPIPV"/>
       <sheetName val="ŠvKS"/>
       <sheetName val="TBK"/>
       <sheetName val="TPCM"/>
       <sheetName val="VŪ"/>
       <sheetName val="Asignavimų suvestinė"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0" refreshError="1"/>
       <sheetData sheetId="1" refreshError="1"/>
       <sheetData sheetId="2" refreshError="1"/>
       <sheetData sheetId="3" refreshError="1"/>
       <sheetData sheetId="4" refreshError="1"/>
       <sheetData sheetId="5" refreshError="1"/>
       <sheetData sheetId="6" refreshError="1"/>
       <sheetData sheetId="7" refreshError="1"/>
       <sheetData sheetId="8" refreshError="1"/>
       <sheetData sheetId="9" refreshError="1"/>
       <sheetData sheetId="10"/>
       <sheetData sheetId="11" refreshError="1"/>
       <sheetData sheetId="12" refreshError="1"/>
       <sheetData sheetId="13" refreshError="1"/>
       <sheetData sheetId="14" refreshError="1"/>
       <sheetData sheetId="15" refreshError="1"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <person displayName="Gediminas Giedraitis" id="{8FBA0E4B-BCDF-4FB7-9A83-3D6753FB06AA}" userId="S::g.giedraitis@lazdijai.lt::d0192602-cfdf-49a6-84d2-bd85f0d5bff9" providerId="AD"/>
 </personList>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office 2013“ – 2022 m. tema">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="„Office“ 2013 – 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="„Office“ 2013 – 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1991,51 +1904,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="„Office“ 2013 – 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -2133,4318 +2046,4155 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/threadedComments/threadedComment1.xml><?xml version="1.0" encoding="utf-8"?>
 <ThreadedComments xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <threadedComment ref="B44" dT="2022-12-23T08:20:41.52" personId="{8FBA0E4B-BCDF-4FB7-9A83-3D6753FB06AA}" id="{8F8EA431-5DE2-4945-805C-5C6456B28022}">
+  <threadedComment ref="B45" dT="2022-12-23T08:20:41.52" personId="{8FBA0E4B-BCDF-4FB7-9A83-3D6753FB06AA}" id="{8F8EA431-5DE2-4945-805C-5C6456B28022}">
     <text>(įskaitant funkcijas: „Organizuoti mokinių sveikatos stiprinimo priemonių ir Mokyklos aplinkos sveikatinimo priemonių įgyvendinimą ir įgyvendinti jas pagal kompetenciją“;
 „Dalyvauti planuojant ir įgyvendinant Sveikatos ir lytiškumo ugdymo bei
 rengimo šeimai bendrąją programą ar kitą sveikatos ugdymo veiklą Mokykloje“;
 „Planuoti ir taikyti užkrečiamųjų ligų ir jų plitimo profilaktikos priemones pagal kompetenciją֧“)</text>
   </threadedComment>
 </ThreadedComments>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D02BF83F-B93A-4886-BE57-1CC0F7852859}">
-  <dimension ref="B1:AW124"/>
+  <dimension ref="B1:AW120"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="76" zoomScaleNormal="76" workbookViewId="0">
-      <selection activeCell="B5" sqref="B5:Z5"/>
+    <sheetView tabSelected="1" topLeftCell="A46" zoomScale="76" zoomScaleNormal="76" workbookViewId="0">
+      <selection activeCell="E71" sqref="E71:F71"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15.75" outlineLevelRow="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="15.6" outlineLevelRow="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="5.42578125" style="1" customWidth="1"/>
-[...22 lines deleted...]
-    <col min="27" max="16384" width="8.85546875" style="1"/>
+    <col min="1" max="1" width="5.44140625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="65.33203125" style="7" customWidth="1"/>
+    <col min="3" max="3" width="52.109375" style="7" customWidth="1"/>
+    <col min="4" max="4" width="12.5546875" style="8" customWidth="1"/>
+    <col min="5" max="5" width="16.109375" style="8" customWidth="1"/>
+    <col min="6" max="6" width="15" style="8" customWidth="1"/>
+    <col min="7" max="7" width="20.109375" style="8" hidden="1" customWidth="1"/>
+    <col min="8" max="8" width="4.33203125" style="8" hidden="1" customWidth="1"/>
+    <col min="9" max="10" width="10.33203125" style="8" hidden="1" customWidth="1"/>
+    <col min="11" max="11" width="4.33203125" style="8" hidden="1" customWidth="1"/>
+    <col min="12" max="12" width="10.33203125" style="8" hidden="1" customWidth="1"/>
+    <col min="13" max="13" width="4.33203125" style="14" hidden="1" customWidth="1"/>
+    <col min="14" max="15" width="7.33203125" style="14" hidden="1" customWidth="1"/>
+    <col min="16" max="16" width="4.33203125" style="14" hidden="1" customWidth="1"/>
+    <col min="17" max="17" width="7.33203125" style="14" hidden="1" customWidth="1"/>
+    <col min="18" max="18" width="4.33203125" style="14" hidden="1" customWidth="1"/>
+    <col min="19" max="20" width="7.33203125" style="14" hidden="1" customWidth="1"/>
+    <col min="21" max="21" width="4.33203125" style="14" hidden="1" customWidth="1"/>
+    <col min="22" max="22" width="7.33203125" style="14" hidden="1" customWidth="1"/>
+    <col min="23" max="23" width="20.33203125" style="8" customWidth="1"/>
+    <col min="24" max="24" width="20.33203125" style="8" hidden="1" customWidth="1"/>
+    <col min="25" max="25" width="29.88671875" style="8" customWidth="1"/>
+    <col min="26" max="26" width="35.88671875" style="8" customWidth="1"/>
+    <col min="27" max="16384" width="8.88671875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:49" x14ac:dyDescent="0.25">
-[...43 lines deleted...]
-      <c r="Y2" s="8" t="s">
+    <row r="1" spans="2:49" x14ac:dyDescent="0.3">
+      <c r="G1" s="18"/>
+      <c r="H1" s="18"/>
+      <c r="I1" s="18"/>
+      <c r="J1" s="18"/>
+      <c r="K1" s="18"/>
+      <c r="L1" s="18"/>
+      <c r="M1" s="19"/>
+      <c r="N1" s="19"/>
+      <c r="O1" s="19"/>
+      <c r="P1" s="19"/>
+      <c r="Q1" s="19"/>
+      <c r="R1" s="19"/>
+      <c r="S1" s="19"/>
+      <c r="T1" s="19"/>
+      <c r="U1" s="19"/>
+      <c r="V1" s="19"/>
+      <c r="X1" s="18"/>
+      <c r="Z1" s="18"/>
+    </row>
+    <row r="2" spans="2:49" ht="99.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B2" s="79"/>
+      <c r="C2" s="79"/>
+      <c r="D2" s="79"/>
+      <c r="E2" s="79"/>
+      <c r="F2" s="79"/>
+      <c r="G2" s="79"/>
+      <c r="H2" s="79"/>
+      <c r="I2" s="79"/>
+      <c r="J2" s="79"/>
+      <c r="K2" s="79"/>
+      <c r="L2" s="79"/>
+      <c r="M2" s="79"/>
+      <c r="N2" s="79"/>
+      <c r="O2" s="79"/>
+      <c r="P2" s="79"/>
+      <c r="Q2" s="79"/>
+      <c r="R2" s="79"/>
+      <c r="S2" s="79"/>
+      <c r="T2" s="79"/>
+      <c r="U2" s="79"/>
+      <c r="V2" s="79"/>
+      <c r="W2" s="79"/>
+      <c r="X2" s="79"/>
+      <c r="Y2" s="7" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="3" spans="2:49" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B3" s="151" t="s">
+        <v>91</v>
+      </c>
+      <c r="C3" s="152"/>
+      <c r="D3" s="152"/>
+      <c r="E3" s="152"/>
+      <c r="F3" s="152"/>
+      <c r="G3" s="152"/>
+      <c r="H3" s="152"/>
+      <c r="I3" s="152"/>
+      <c r="J3" s="152"/>
+      <c r="K3" s="152"/>
+      <c r="L3" s="152"/>
+      <c r="M3" s="152"/>
+      <c r="N3" s="152"/>
+      <c r="O3" s="152"/>
+      <c r="P3" s="152"/>
+      <c r="Q3" s="152"/>
+      <c r="R3" s="152"/>
+      <c r="S3" s="152"/>
+      <c r="T3" s="152"/>
+      <c r="U3" s="152"/>
+      <c r="V3" s="152"/>
+      <c r="W3" s="152"/>
+      <c r="X3" s="152"/>
+      <c r="Y3" s="152"/>
+      <c r="Z3" s="152"/>
+      <c r="AA3" s="7"/>
+      <c r="AB3" s="7"/>
+      <c r="AC3" s="7"/>
+      <c r="AD3" s="7"/>
+      <c r="AE3" s="7"/>
+      <c r="AF3" s="7"/>
+      <c r="AG3" s="7"/>
+      <c r="AH3" s="7"/>
+      <c r="AI3" s="7"/>
+      <c r="AJ3" s="7"/>
+      <c r="AK3" s="7"/>
+      <c r="AL3" s="7"/>
+      <c r="AM3" s="7"/>
+      <c r="AN3" s="7"/>
+      <c r="AO3" s="7"/>
+      <c r="AP3" s="7"/>
+      <c r="AQ3" s="7"/>
+      <c r="AR3" s="7"/>
+      <c r="AS3" s="7"/>
+      <c r="AT3" s="7"/>
+      <c r="AU3" s="7"/>
+      <c r="AV3" s="7"/>
+      <c r="AW3" s="7"/>
+    </row>
+    <row r="4" spans="2:49" customFormat="1" ht="49.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B4" s="153" t="s">
+        <v>92</v>
+      </c>
+      <c r="C4" s="153"/>
+      <c r="D4" s="153"/>
+      <c r="E4" s="153"/>
+      <c r="F4" s="153"/>
+      <c r="G4" s="153"/>
+      <c r="H4" s="153"/>
+      <c r="I4" s="153"/>
+      <c r="J4" s="153"/>
+      <c r="K4" s="153"/>
+      <c r="L4" s="153"/>
+      <c r="M4" s="153"/>
+      <c r="N4" s="153"/>
+      <c r="O4" s="153"/>
+      <c r="P4" s="153"/>
+      <c r="Q4" s="153"/>
+      <c r="R4" s="153"/>
+      <c r="S4" s="153"/>
+      <c r="T4" s="153"/>
+      <c r="U4" s="153"/>
+      <c r="V4" s="153"/>
+      <c r="W4" s="153"/>
+      <c r="X4" s="153"/>
+      <c r="Y4" s="153"/>
+      <c r="Z4" s="153"/>
+      <c r="AA4" s="7"/>
+      <c r="AB4" s="7"/>
+      <c r="AC4" s="7"/>
+      <c r="AD4" s="7"/>
+      <c r="AE4" s="7"/>
+      <c r="AF4" s="7"/>
+      <c r="AG4" s="7"/>
+      <c r="AH4" s="7"/>
+      <c r="AI4" s="7"/>
+      <c r="AJ4" s="7"/>
+      <c r="AK4" s="7"/>
+      <c r="AL4" s="7"/>
+      <c r="AM4" s="7"/>
+      <c r="AN4" s="7"/>
+      <c r="AO4" s="7"/>
+      <c r="AP4" s="7"/>
+      <c r="AQ4" s="7"/>
+      <c r="AR4" s="7"/>
+      <c r="AS4" s="7"/>
+      <c r="AT4" s="7"/>
+      <c r="AU4" s="7"/>
+      <c r="AV4" s="7"/>
+      <c r="AW4" s="7"/>
+    </row>
+    <row r="5" spans="2:49" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B5" s="79"/>
+      <c r="C5" s="79"/>
+      <c r="D5" s="79"/>
+      <c r="E5" s="79"/>
+      <c r="F5" s="79"/>
+      <c r="G5" s="79"/>
+      <c r="H5" s="79"/>
+      <c r="I5" s="79"/>
+      <c r="J5" s="79"/>
+      <c r="K5" s="79"/>
+      <c r="L5" s="79"/>
+      <c r="M5" s="79"/>
+      <c r="N5" s="79"/>
+      <c r="O5" s="79"/>
+      <c r="P5" s="79"/>
+      <c r="Q5" s="79"/>
+      <c r="R5" s="79"/>
+      <c r="S5" s="79"/>
+      <c r="T5" s="79"/>
+      <c r="U5" s="79"/>
+      <c r="V5" s="79"/>
+      <c r="W5" s="79"/>
+      <c r="X5" s="79"/>
+      <c r="Y5" s="79"/>
+      <c r="Z5" s="79"/>
+      <c r="AA5" s="7"/>
+      <c r="AB5" s="7"/>
+      <c r="AC5" s="7"/>
+      <c r="AD5" s="7"/>
+      <c r="AE5" s="7"/>
+      <c r="AF5" s="7"/>
+      <c r="AG5" s="7"/>
+      <c r="AH5" s="7"/>
+      <c r="AI5" s="7"/>
+      <c r="AJ5" s="7"/>
+      <c r="AK5" s="7"/>
+      <c r="AL5" s="7"/>
+      <c r="AM5" s="7"/>
+      <c r="AN5" s="7"/>
+      <c r="AO5" s="7"/>
+      <c r="AP5" s="7"/>
+      <c r="AQ5" s="7"/>
+      <c r="AR5" s="7"/>
+      <c r="AS5" s="7"/>
+      <c r="AT5" s="7"/>
+      <c r="AU5" s="7"/>
+      <c r="AV5" s="7"/>
+      <c r="AW5" s="7"/>
+    </row>
+    <row r="6" spans="2:49" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B6" s="153" t="s">
         <v>0</v>
       </c>
-    </row>
-[...51 lines deleted...]
-      <c r="B4" s="86" t="s">
+      <c r="C6" s="153"/>
+      <c r="D6" s="153"/>
+      <c r="E6" s="153"/>
+      <c r="F6" s="153"/>
+      <c r="G6" s="153"/>
+      <c r="H6" s="153"/>
+      <c r="I6" s="153"/>
+      <c r="J6" s="153"/>
+      <c r="K6" s="153"/>
+      <c r="L6" s="153"/>
+      <c r="M6" s="153"/>
+      <c r="N6" s="153"/>
+      <c r="O6" s="153"/>
+      <c r="P6" s="153"/>
+      <c r="Q6" s="153"/>
+      <c r="R6" s="153"/>
+      <c r="S6" s="153"/>
+      <c r="T6" s="153"/>
+      <c r="U6" s="153"/>
+      <c r="V6" s="153"/>
+      <c r="W6" s="153"/>
+      <c r="X6" s="153"/>
+      <c r="Y6" s="153"/>
+      <c r="Z6" s="153"/>
+      <c r="AA6" s="7"/>
+      <c r="AB6" s="7"/>
+      <c r="AC6" s="7"/>
+      <c r="AD6" s="7"/>
+      <c r="AE6" s="7"/>
+      <c r="AF6" s="7"/>
+      <c r="AG6" s="7"/>
+      <c r="AH6" s="7"/>
+      <c r="AI6" s="7"/>
+      <c r="AJ6" s="7"/>
+      <c r="AK6" s="7"/>
+      <c r="AL6" s="7"/>
+      <c r="AM6" s="7"/>
+      <c r="AN6" s="7"/>
+      <c r="AO6" s="7"/>
+      <c r="AP6" s="7"/>
+      <c r="AQ6" s="7"/>
+      <c r="AR6" s="7"/>
+      <c r="AS6" s="7"/>
+      <c r="AT6" s="7"/>
+      <c r="AU6" s="7"/>
+      <c r="AV6" s="7"/>
+      <c r="AW6" s="7"/>
+    </row>
+    <row r="7" spans="2:49" customFormat="1" ht="74.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B7" s="154" t="s">
+        <v>93</v>
+      </c>
+      <c r="C7" s="154"/>
+      <c r="D7" s="154"/>
+      <c r="E7" s="154"/>
+      <c r="F7" s="154"/>
+      <c r="G7" s="154"/>
+      <c r="H7" s="154"/>
+      <c r="I7" s="154"/>
+      <c r="J7" s="154"/>
+      <c r="K7" s="154"/>
+      <c r="L7" s="154"/>
+      <c r="M7" s="154"/>
+      <c r="N7" s="154"/>
+      <c r="O7" s="154"/>
+      <c r="P7" s="154"/>
+      <c r="Q7" s="154"/>
+      <c r="R7" s="154"/>
+      <c r="S7" s="154"/>
+      <c r="T7" s="154"/>
+      <c r="U7" s="154"/>
+      <c r="V7" s="154"/>
+      <c r="W7" s="154"/>
+      <c r="X7" s="154"/>
+      <c r="Y7" s="154"/>
+      <c r="Z7" s="154"/>
+      <c r="AA7" s="7"/>
+      <c r="AB7" s="7"/>
+      <c r="AC7" s="7"/>
+      <c r="AD7" s="7"/>
+      <c r="AE7" s="7"/>
+      <c r="AF7" s="7"/>
+      <c r="AG7" s="7"/>
+      <c r="AH7" s="7"/>
+      <c r="AI7" s="7"/>
+      <c r="AJ7" s="7"/>
+      <c r="AK7" s="7"/>
+      <c r="AL7" s="7"/>
+      <c r="AM7" s="7"/>
+      <c r="AN7" s="7"/>
+      <c r="AO7" s="7"/>
+      <c r="AP7" s="7"/>
+      <c r="AQ7" s="7"/>
+      <c r="AR7" s="7"/>
+      <c r="AS7" s="7"/>
+      <c r="AT7" s="7"/>
+      <c r="AU7" s="7"/>
+      <c r="AV7" s="7"/>
+      <c r="AW7" s="7"/>
+    </row>
+    <row r="8" spans="2:49" x14ac:dyDescent="0.3">
+      <c r="B8" s="79"/>
+      <c r="C8" s="79"/>
+      <c r="D8" s="79"/>
+      <c r="E8" s="79"/>
+      <c r="F8" s="79"/>
+      <c r="G8" s="79"/>
+      <c r="H8" s="79"/>
+      <c r="I8" s="79"/>
+      <c r="J8" s="79"/>
+      <c r="K8" s="79"/>
+      <c r="L8" s="79"/>
+      <c r="M8" s="79"/>
+      <c r="N8" s="79"/>
+      <c r="O8" s="79"/>
+      <c r="P8" s="79"/>
+      <c r="Q8" s="79"/>
+      <c r="R8" s="79"/>
+      <c r="S8" s="79"/>
+      <c r="T8" s="79"/>
+      <c r="U8" s="79"/>
+      <c r="V8" s="79"/>
+      <c r="W8" s="79"/>
+      <c r="X8" s="79"/>
+      <c r="Y8" s="79"/>
+      <c r="Z8" s="79"/>
+    </row>
+    <row r="9" spans="2:49" x14ac:dyDescent="0.3">
+      <c r="B9" s="155" t="s">
+        <v>1</v>
+      </c>
+      <c r="C9" s="155"/>
+      <c r="D9" s="155"/>
+      <c r="E9" s="155"/>
+      <c r="F9" s="155"/>
+      <c r="G9" s="155"/>
+      <c r="H9" s="155"/>
+      <c r="I9" s="155"/>
+      <c r="J9" s="155"/>
+      <c r="K9" s="155"/>
+      <c r="L9" s="155"/>
+      <c r="M9" s="155"/>
+      <c r="N9" s="155"/>
+      <c r="O9" s="155"/>
+      <c r="P9" s="155"/>
+      <c r="Q9" s="155"/>
+      <c r="R9" s="155"/>
+      <c r="S9" s="155"/>
+      <c r="T9" s="155"/>
+      <c r="U9" s="155"/>
+      <c r="V9" s="155"/>
+      <c r="W9" s="155"/>
+      <c r="X9" s="155"/>
+      <c r="Y9" s="155"/>
+      <c r="Z9" s="155"/>
+    </row>
+    <row r="10" spans="2:49" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B10" s="156"/>
+      <c r="C10" s="156"/>
+      <c r="D10" s="156"/>
+      <c r="E10" s="156"/>
+      <c r="F10" s="156"/>
+      <c r="G10" s="156"/>
+      <c r="H10" s="156"/>
+      <c r="I10" s="156"/>
+      <c r="J10" s="156"/>
+      <c r="K10" s="156"/>
+      <c r="L10" s="156"/>
+      <c r="M10" s="156"/>
+      <c r="N10" s="156"/>
+      <c r="O10" s="156"/>
+      <c r="P10" s="156"/>
+      <c r="Q10" s="156"/>
+      <c r="R10" s="156"/>
+      <c r="S10" s="156"/>
+      <c r="T10" s="156"/>
+      <c r="U10" s="156"/>
+      <c r="V10" s="156"/>
+      <c r="W10" s="156"/>
+      <c r="X10" s="156"/>
+      <c r="Y10" s="156"/>
+      <c r="Z10" s="156"/>
+    </row>
+    <row r="11" spans="2:49" x14ac:dyDescent="0.3">
+      <c r="B11" s="24" t="s">
+        <v>2</v>
+      </c>
+      <c r="C11" s="25" t="s">
+        <v>3</v>
+      </c>
+      <c r="D11" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="E11" s="157" t="s">
+        <v>5</v>
+      </c>
+      <c r="F11" s="158"/>
+      <c r="G11" s="157" t="s">
+        <v>6</v>
+      </c>
+      <c r="H11" s="159"/>
+      <c r="I11" s="159"/>
+      <c r="J11" s="159"/>
+      <c r="K11" s="159"/>
+      <c r="L11" s="159"/>
+      <c r="M11" s="159"/>
+      <c r="N11" s="159"/>
+      <c r="O11" s="159"/>
+      <c r="P11" s="159"/>
+      <c r="Q11" s="159"/>
+      <c r="R11" s="159"/>
+      <c r="S11" s="159"/>
+      <c r="T11" s="159"/>
+      <c r="U11" s="159"/>
+      <c r="V11" s="159"/>
+      <c r="W11" s="27"/>
+      <c r="X11" s="27"/>
+      <c r="Y11" s="27"/>
+      <c r="Z11" s="28"/>
+    </row>
+    <row r="12" spans="2:49" x14ac:dyDescent="0.3">
+      <c r="B12" s="147" t="s">
+        <v>7</v>
+      </c>
+      <c r="C12" s="148"/>
+      <c r="D12" s="148"/>
+      <c r="E12" s="148"/>
+      <c r="F12" s="148"/>
+      <c r="G12" s="148"/>
+      <c r="H12" s="148"/>
+      <c r="I12" s="148"/>
+      <c r="J12" s="148"/>
+      <c r="K12" s="148"/>
+      <c r="L12" s="148"/>
+      <c r="M12" s="148"/>
+      <c r="N12" s="148"/>
+      <c r="O12" s="148"/>
+      <c r="P12" s="148"/>
+      <c r="Q12" s="148"/>
+      <c r="R12" s="148"/>
+      <c r="S12" s="148"/>
+      <c r="T12" s="148"/>
+      <c r="U12" s="148"/>
+      <c r="V12" s="148"/>
+      <c r="W12" s="148"/>
+      <c r="X12" s="149"/>
+      <c r="Y12" s="149"/>
+      <c r="Z12" s="150"/>
+    </row>
+    <row r="13" spans="2:49" x14ac:dyDescent="0.3">
+      <c r="B13" s="124" t="s">
+        <v>8</v>
+      </c>
+      <c r="C13" s="125"/>
+      <c r="D13" s="125"/>
+      <c r="E13" s="125"/>
+      <c r="F13" s="125"/>
+      <c r="G13" s="125"/>
+      <c r="H13" s="125"/>
+      <c r="I13" s="125"/>
+      <c r="J13" s="125"/>
+      <c r="K13" s="125"/>
+      <c r="L13" s="125"/>
+      <c r="M13" s="125"/>
+      <c r="N13" s="125"/>
+      <c r="O13" s="125"/>
+      <c r="P13" s="125"/>
+      <c r="Q13" s="125"/>
+      <c r="R13" s="125"/>
+      <c r="S13" s="125"/>
+      <c r="T13" s="125"/>
+      <c r="U13" s="125"/>
+      <c r="V13" s="125"/>
+      <c r="W13" s="125"/>
+      <c r="X13" s="125"/>
+      <c r="Y13" s="125"/>
+      <c r="Z13" s="126"/>
+    </row>
+    <row r="14" spans="2:49" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B14" s="127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" s="130" t="s">
+        <v>10</v>
+      </c>
+      <c r="D14" s="100" t="s">
+        <v>4</v>
+      </c>
+      <c r="E14" s="134" t="s">
+        <v>5</v>
+      </c>
+      <c r="F14" s="106"/>
+      <c r="G14" s="135" t="s">
+        <v>6</v>
+      </c>
+      <c r="H14" s="136"/>
+      <c r="I14" s="136"/>
+      <c r="J14" s="136"/>
+      <c r="K14" s="136"/>
+      <c r="L14" s="136"/>
+      <c r="M14" s="136"/>
+      <c r="N14" s="136"/>
+      <c r="O14" s="136"/>
+      <c r="P14" s="136"/>
+      <c r="Q14" s="136"/>
+      <c r="R14" s="136"/>
+      <c r="S14" s="136"/>
+      <c r="T14" s="136"/>
+      <c r="U14" s="136"/>
+      <c r="V14" s="137"/>
+      <c r="W14" s="138" t="s">
+        <v>11</v>
+      </c>
+      <c r="X14" s="138" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y14" s="138" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z14" s="141" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="15" spans="2:49" x14ac:dyDescent="0.3">
+      <c r="B15" s="128"/>
+      <c r="C15" s="131"/>
+      <c r="D15" s="133"/>
+      <c r="E15" s="134" t="s">
+        <v>15</v>
+      </c>
+      <c r="F15" s="106"/>
+      <c r="G15" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" s="134" t="s">
+        <v>16</v>
+      </c>
+      <c r="I15" s="105"/>
+      <c r="J15" s="105"/>
+      <c r="K15" s="105"/>
+      <c r="L15" s="106"/>
+      <c r="M15" s="144" t="s">
+        <v>17</v>
+      </c>
+      <c r="N15" s="83"/>
+      <c r="O15" s="83"/>
+      <c r="P15" s="83"/>
+      <c r="Q15" s="84"/>
+      <c r="R15" s="144" t="s">
+        <v>18</v>
+      </c>
+      <c r="S15" s="83"/>
+      <c r="T15" s="83"/>
+      <c r="U15" s="83"/>
+      <c r="V15" s="84"/>
+      <c r="W15" s="139"/>
+      <c r="X15" s="139"/>
+      <c r="Y15" s="139"/>
+      <c r="Z15" s="142"/>
+    </row>
+    <row r="16" spans="2:49" x14ac:dyDescent="0.3">
+      <c r="B16" s="128"/>
+      <c r="C16" s="131"/>
+      <c r="D16" s="133"/>
+      <c r="E16" s="138" t="s">
+        <v>19</v>
+      </c>
+      <c r="F16" s="145" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" s="100" t="s">
+        <v>21</v>
+      </c>
+      <c r="H16" s="102" t="s">
+        <v>22</v>
+      </c>
+      <c r="I16" s="105" t="s">
+        <v>20</v>
+      </c>
+      <c r="J16" s="105"/>
+      <c r="K16" s="105"/>
+      <c r="L16" s="106"/>
+      <c r="M16" s="85" t="s">
+        <v>22</v>
+      </c>
+      <c r="N16" s="83" t="s">
+        <v>20</v>
+      </c>
+      <c r="O16" s="83"/>
+      <c r="P16" s="83"/>
+      <c r="Q16" s="84"/>
+      <c r="R16" s="85" t="s">
+        <v>22</v>
+      </c>
+      <c r="S16" s="83" t="s">
+        <v>20</v>
+      </c>
+      <c r="T16" s="83"/>
+      <c r="U16" s="83"/>
+      <c r="V16" s="84"/>
+      <c r="W16" s="139"/>
+      <c r="X16" s="139"/>
+      <c r="Y16" s="139"/>
+      <c r="Z16" s="142"/>
+    </row>
+    <row r="17" spans="2:27" ht="34.799999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B17" s="129"/>
+      <c r="C17" s="132"/>
+      <c r="D17" s="101"/>
+      <c r="E17" s="140"/>
+      <c r="F17" s="146"/>
+      <c r="G17" s="101"/>
+      <c r="H17" s="103"/>
+      <c r="I17" s="13" t="s">
+        <v>23</v>
+      </c>
+      <c r="J17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="K17" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="L17" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="M17" s="86"/>
+      <c r="N17" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="O17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="P17" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q17" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="R17" s="86"/>
+      <c r="S17" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="T17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="U17" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="V17" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="W17" s="140"/>
+      <c r="X17" s="140"/>
+      <c r="Y17" s="140"/>
+      <c r="Z17" s="143"/>
+      <c r="AA17" s="2"/>
+    </row>
+    <row r="18" spans="2:27" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B18" s="122" t="s">
+        <v>27</v>
+      </c>
+      <c r="C18" s="42" t="s">
+        <v>28</v>
+      </c>
+      <c r="D18" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="E18" s="87">
+        <v>100</v>
+      </c>
+      <c r="F18" s="88"/>
+      <c r="G18" s="87"/>
+      <c r="H18" s="89"/>
+      <c r="I18" s="89"/>
+      <c r="J18" s="89"/>
+      <c r="K18" s="89"/>
+      <c r="L18" s="89"/>
+      <c r="M18" s="89"/>
+      <c r="N18" s="89"/>
+      <c r="O18" s="89"/>
+      <c r="P18" s="89"/>
+      <c r="Q18" s="89"/>
+      <c r="R18" s="89"/>
+      <c r="S18" s="89"/>
+      <c r="T18" s="89"/>
+      <c r="U18" s="89"/>
+      <c r="V18" s="88"/>
+      <c r="W18" s="71" t="s">
+        <v>78</v>
+      </c>
+      <c r="X18" s="64"/>
+      <c r="Y18" s="78" t="s">
+        <v>94</v>
+      </c>
+      <c r="Z18" s="23"/>
+    </row>
+    <row r="19" spans="2:27" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B19" s="122"/>
+      <c r="C19" s="42" t="s">
+        <v>30</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="E19" s="90">
+        <v>100</v>
+      </c>
+      <c r="F19" s="91"/>
+      <c r="G19" s="62"/>
+      <c r="H19" s="65"/>
+      <c r="I19" s="65"/>
+      <c r="J19" s="65"/>
+      <c r="K19" s="65"/>
+      <c r="L19" s="65"/>
+      <c r="M19" s="65"/>
+      <c r="N19" s="65"/>
+      <c r="O19" s="65"/>
+      <c r="P19" s="65"/>
+      <c r="Q19" s="65"/>
+      <c r="R19" s="65"/>
+      <c r="S19" s="65"/>
+      <c r="T19" s="65"/>
+      <c r="U19" s="65"/>
+      <c r="V19" s="63"/>
+      <c r="W19" s="69" t="s">
+        <v>78</v>
+      </c>
+      <c r="X19" s="64"/>
+      <c r="Y19" s="78"/>
+      <c r="Z19" s="23"/>
+    </row>
+    <row r="20" spans="2:27" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B20" s="122"/>
+      <c r="C20" s="42" t="s">
+        <v>31</v>
+      </c>
+      <c r="D20" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="E20" s="90">
+        <v>100</v>
+      </c>
+      <c r="F20" s="91"/>
+      <c r="G20" s="90"/>
+      <c r="H20" s="92"/>
+      <c r="I20" s="92"/>
+      <c r="J20" s="92"/>
+      <c r="K20" s="92"/>
+      <c r="L20" s="92"/>
+      <c r="M20" s="92"/>
+      <c r="N20" s="92"/>
+      <c r="O20" s="92"/>
+      <c r="P20" s="92"/>
+      <c r="Q20" s="92"/>
+      <c r="R20" s="92"/>
+      <c r="S20" s="92"/>
+      <c r="T20" s="92"/>
+      <c r="U20" s="92"/>
+      <c r="V20" s="91"/>
+      <c r="W20" s="70" t="s">
+        <v>78</v>
+      </c>
+      <c r="X20" s="66"/>
+      <c r="Y20" s="78"/>
+      <c r="Z20" s="20"/>
+    </row>
+    <row r="21" spans="2:27" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B21" s="123"/>
+      <c r="C21" s="43" t="s">
+        <v>32</v>
+      </c>
+      <c r="D21" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="E21" s="90">
+        <v>100</v>
+      </c>
+      <c r="F21" s="91"/>
+      <c r="G21" s="90"/>
+      <c r="H21" s="92"/>
+      <c r="I21" s="92"/>
+      <c r="J21" s="92"/>
+      <c r="K21" s="92"/>
+      <c r="L21" s="92"/>
+      <c r="M21" s="92"/>
+      <c r="N21" s="92"/>
+      <c r="O21" s="92"/>
+      <c r="P21" s="92"/>
+      <c r="Q21" s="92"/>
+      <c r="R21" s="92"/>
+      <c r="S21" s="92"/>
+      <c r="T21" s="92"/>
+      <c r="U21" s="92"/>
+      <c r="V21" s="91"/>
+      <c r="W21" s="69" t="s">
+        <v>78</v>
+      </c>
+      <c r="X21" s="67"/>
+      <c r="Y21" s="78"/>
+      <c r="Z21" s="21"/>
+    </row>
+    <row r="22" spans="2:27" s="4" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B22" s="93" t="s">
+        <v>33</v>
+      </c>
+      <c r="C22" s="94"/>
+      <c r="D22" s="94"/>
+      <c r="E22" s="94"/>
+      <c r="F22" s="94"/>
+      <c r="G22" s="94"/>
+      <c r="H22" s="94"/>
+      <c r="I22" s="94"/>
+      <c r="J22" s="94"/>
+      <c r="K22" s="94"/>
+      <c r="L22" s="94"/>
+      <c r="M22" s="94"/>
+      <c r="N22" s="94"/>
+      <c r="O22" s="94"/>
+      <c r="P22" s="94"/>
+      <c r="Q22" s="94"/>
+      <c r="R22" s="94"/>
+      <c r="S22" s="94"/>
+      <c r="T22" s="94"/>
+      <c r="U22" s="94"/>
+      <c r="V22" s="94"/>
+      <c r="W22" s="94"/>
+      <c r="X22" s="95"/>
+      <c r="Y22" s="95"/>
+      <c r="Z22" s="96"/>
+    </row>
+    <row r="23" spans="2:27" s="4" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B23" s="97" t="s">
+        <v>34</v>
+      </c>
+      <c r="C23" s="98"/>
+      <c r="D23" s="98"/>
+      <c r="E23" s="98"/>
+      <c r="F23" s="98"/>
+      <c r="G23" s="98"/>
+      <c r="H23" s="98"/>
+      <c r="I23" s="98"/>
+      <c r="J23" s="98"/>
+      <c r="K23" s="98"/>
+      <c r="L23" s="98"/>
+      <c r="M23" s="98"/>
+      <c r="N23" s="98"/>
+      <c r="O23" s="98"/>
+      <c r="P23" s="98"/>
+      <c r="Q23" s="98"/>
+      <c r="R23" s="98"/>
+      <c r="S23" s="98"/>
+      <c r="T23" s="98"/>
+      <c r="U23" s="98"/>
+      <c r="V23" s="98"/>
+      <c r="W23" s="98"/>
+      <c r="X23" s="98"/>
+      <c r="Y23" s="98"/>
+      <c r="Z23" s="99"/>
+    </row>
+    <row r="24" spans="2:27" ht="50.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B24" s="119" t="s">
         <v>90</v>
       </c>
-      <c r="C4" s="87"/>
-[...98 lines deleted...]
-      <c r="B6" s="87" t="s">
+      <c r="C24" s="30" t="s">
+        <v>87</v>
+      </c>
+      <c r="D24" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="E24" s="15">
         <v>1</v>
       </c>
-      <c r="C6" s="87"/>
-[...127 lines deleted...]
-      <c r="B9" s="89" t="s">
+      <c r="F24" s="58"/>
+      <c r="G24" s="17"/>
+      <c r="H24" s="15"/>
+      <c r="I24" s="15"/>
+      <c r="J24" s="15"/>
+      <c r="K24" s="15"/>
+      <c r="L24" s="15"/>
+      <c r="M24" s="15"/>
+      <c r="N24" s="15"/>
+      <c r="O24" s="15"/>
+      <c r="P24" s="15"/>
+      <c r="Q24" s="15"/>
+      <c r="R24" s="15"/>
+      <c r="S24" s="15"/>
+      <c r="T24" s="15"/>
+      <c r="U24" s="15"/>
+      <c r="V24" s="15"/>
+      <c r="W24" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="X24" s="56"/>
+      <c r="Y24" s="56" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z24" s="5"/>
+    </row>
+    <row r="25" spans="2:27" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B25" s="120"/>
+      <c r="C25" s="30" t="s">
+        <v>88</v>
+      </c>
+      <c r="D25" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="E25" s="15">
         <v>2</v>
       </c>
-      <c r="C9" s="89"/>
-[...147 lines deleted...]
-      <c r="B14" s="100" t="s">
+      <c r="F25" s="58"/>
+      <c r="G25" s="17"/>
+      <c r="H25" s="15"/>
+      <c r="I25" s="15"/>
+      <c r="J25" s="15"/>
+      <c r="K25" s="15"/>
+      <c r="L25" s="15"/>
+      <c r="M25" s="15"/>
+      <c r="N25" s="15"/>
+      <c r="O25" s="15"/>
+      <c r="P25" s="15"/>
+      <c r="Q25" s="15"/>
+      <c r="R25" s="15"/>
+      <c r="S25" s="15"/>
+      <c r="T25" s="15"/>
+      <c r="U25" s="15"/>
+      <c r="V25" s="15"/>
+      <c r="W25" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="X25" s="56"/>
+      <c r="Y25" s="56" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z25" s="5"/>
+    </row>
+    <row r="26" spans="2:27" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B26" s="120"/>
+      <c r="C26" s="30" t="s">
+        <v>86</v>
+      </c>
+      <c r="D26" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="E26" s="15">
+        <v>1</v>
+      </c>
+      <c r="F26" s="58"/>
+      <c r="G26" s="15"/>
+      <c r="H26" s="15"/>
+      <c r="I26" s="15"/>
+      <c r="J26" s="15"/>
+      <c r="K26" s="15"/>
+      <c r="L26" s="15"/>
+      <c r="M26" s="15"/>
+      <c r="N26" s="15"/>
+      <c r="O26" s="15"/>
+      <c r="P26" s="15"/>
+      <c r="Q26" s="15"/>
+      <c r="R26" s="15"/>
+      <c r="S26" s="15"/>
+      <c r="T26" s="15"/>
+      <c r="U26" s="15"/>
+      <c r="V26" s="15"/>
+      <c r="W26" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="X26" s="56"/>
+      <c r="Y26" s="56" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z26" s="5"/>
+    </row>
+    <row r="27" spans="2:27" ht="41.4" x14ac:dyDescent="0.3">
+      <c r="B27" s="121"/>
+      <c r="C27" s="30" t="s">
+        <v>89</v>
+      </c>
+      <c r="D27" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="E27" s="15">
+        <v>1</v>
+      </c>
+      <c r="F27" s="58"/>
+      <c r="G27" s="15"/>
+      <c r="H27" s="15"/>
+      <c r="I27" s="15"/>
+      <c r="J27" s="15"/>
+      <c r="K27" s="15"/>
+      <c r="L27" s="15"/>
+      <c r="M27" s="15"/>
+      <c r="N27" s="15"/>
+      <c r="O27" s="15"/>
+      <c r="P27" s="15"/>
+      <c r="Q27" s="15"/>
+      <c r="R27" s="15"/>
+      <c r="S27" s="15"/>
+      <c r="T27" s="15"/>
+      <c r="U27" s="15"/>
+      <c r="V27" s="15"/>
+      <c r="W27" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="X27" s="56"/>
+      <c r="Y27" s="56" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z27" s="5"/>
+    </row>
+    <row r="28" spans="2:27" ht="45.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B28" s="119" t="s">
+        <v>36</v>
+      </c>
+      <c r="C28" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="D28" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="E28" s="15">
+        <v>1</v>
+      </c>
+      <c r="F28" s="61">
         <v>10</v>
       </c>
-      <c r="C14" s="103" t="s">
-[...58 lines deleted...]
-      <c r="M15" s="121" t="s">
+      <c r="G28" s="15"/>
+      <c r="H28" s="15"/>
+      <c r="I28" s="15"/>
+      <c r="J28" s="15"/>
+      <c r="K28" s="15"/>
+      <c r="L28" s="15"/>
+      <c r="M28" s="15"/>
+      <c r="N28" s="15"/>
+      <c r="O28" s="15"/>
+      <c r="P28" s="15"/>
+      <c r="Q28" s="15"/>
+      <c r="R28" s="15"/>
+      <c r="S28" s="15"/>
+      <c r="T28" s="15"/>
+      <c r="U28" s="15"/>
+      <c r="V28" s="15"/>
+      <c r="W28" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="X28" s="56"/>
+      <c r="Y28" s="56" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z28" s="5"/>
+    </row>
+    <row r="29" spans="2:27" ht="55.2" x14ac:dyDescent="0.3">
+      <c r="B29" s="121"/>
+      <c r="C29" s="30" t="s">
+        <v>39</v>
+      </c>
+      <c r="D29" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="E29" s="15">
+        <v>1</v>
+      </c>
+      <c r="F29" s="61">
+        <v>10</v>
+      </c>
+      <c r="G29" s="15"/>
+      <c r="H29" s="16"/>
+      <c r="I29" s="16"/>
+      <c r="J29" s="16"/>
+      <c r="K29" s="16"/>
+      <c r="L29" s="16"/>
+      <c r="M29" s="16"/>
+      <c r="N29" s="16"/>
+      <c r="O29" s="16"/>
+      <c r="P29" s="16"/>
+      <c r="Q29" s="16"/>
+      <c r="R29" s="16"/>
+      <c r="S29" s="16"/>
+      <c r="T29" s="16"/>
+      <c r="U29" s="16"/>
+      <c r="V29" s="16"/>
+      <c r="W29" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="X29" s="56"/>
+      <c r="Y29" s="56" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z29" s="5"/>
+    </row>
+    <row r="30" spans="2:27" x14ac:dyDescent="0.3">
+      <c r="B30" s="107" t="s">
+        <v>40</v>
+      </c>
+      <c r="C30" s="108"/>
+      <c r="D30" s="108"/>
+      <c r="E30" s="109"/>
+      <c r="F30" s="109"/>
+      <c r="G30" s="109"/>
+      <c r="H30" s="109"/>
+      <c r="I30" s="109"/>
+      <c r="J30" s="109"/>
+      <c r="K30" s="109"/>
+      <c r="L30" s="109"/>
+      <c r="M30" s="109"/>
+      <c r="N30" s="109"/>
+      <c r="O30" s="109"/>
+      <c r="P30" s="109"/>
+      <c r="Q30" s="109"/>
+      <c r="R30" s="109"/>
+      <c r="S30" s="109"/>
+      <c r="T30" s="109"/>
+      <c r="U30" s="109"/>
+      <c r="V30" s="109"/>
+      <c r="W30" s="109"/>
+      <c r="X30" s="110"/>
+      <c r="Y30" s="110"/>
+      <c r="Z30" s="111"/>
+    </row>
+    <row r="31" spans="2:27" x14ac:dyDescent="0.3">
+      <c r="B31" s="117" t="s">
+        <v>41</v>
+      </c>
+      <c r="C31" s="118"/>
+      <c r="D31" s="118"/>
+      <c r="E31" s="118"/>
+      <c r="F31" s="118"/>
+      <c r="G31" s="118"/>
+      <c r="H31" s="118"/>
+      <c r="I31" s="118"/>
+      <c r="J31" s="118"/>
+      <c r="K31" s="118"/>
+      <c r="L31" s="118"/>
+      <c r="M31" s="118"/>
+      <c r="N31" s="118"/>
+      <c r="O31" s="118"/>
+      <c r="P31" s="118"/>
+      <c r="Q31" s="118"/>
+      <c r="R31" s="118"/>
+      <c r="S31" s="118"/>
+      <c r="T31" s="118"/>
+      <c r="U31" s="118"/>
+      <c r="V31" s="118"/>
+      <c r="W31" s="118"/>
+      <c r="X31" s="118"/>
+      <c r="Y31" s="118"/>
+      <c r="Z31" s="5"/>
+    </row>
+    <row r="32" spans="2:27" ht="31.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B32" s="119" t="s">
+        <v>42</v>
+      </c>
+      <c r="C32" s="30" t="s">
+        <v>43</v>
+      </c>
+      <c r="D32" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="E32" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="F32" s="58"/>
+      <c r="G32" s="15"/>
+      <c r="H32" s="17"/>
+      <c r="I32" s="17"/>
+      <c r="J32" s="17"/>
+      <c r="K32" s="17"/>
+      <c r="L32" s="17"/>
+      <c r="M32" s="17"/>
+      <c r="N32" s="17"/>
+      <c r="O32" s="17"/>
+      <c r="P32" s="17"/>
+      <c r="Q32" s="17"/>
+      <c r="R32" s="17"/>
+      <c r="S32" s="17"/>
+      <c r="T32" s="17"/>
+      <c r="U32" s="17"/>
+      <c r="V32" s="17"/>
+      <c r="W32" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="X32" s="56"/>
+      <c r="Y32" s="56" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z32" s="5"/>
+    </row>
+    <row r="33" spans="2:26" s="6" customFormat="1" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="B33" s="120"/>
+      <c r="C33" s="30" t="s">
+        <v>44</v>
+      </c>
+      <c r="D33" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="E33" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="F33" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="G33" s="15"/>
+      <c r="H33" s="15"/>
+      <c r="I33" s="15"/>
+      <c r="J33" s="15"/>
+      <c r="K33" s="15"/>
+      <c r="L33" s="15"/>
+      <c r="M33" s="15"/>
+      <c r="N33" s="15"/>
+      <c r="O33" s="15"/>
+      <c r="P33" s="15"/>
+      <c r="Q33" s="15"/>
+      <c r="R33" s="15"/>
+      <c r="S33" s="15"/>
+      <c r="T33" s="15"/>
+      <c r="U33" s="15"/>
+      <c r="V33" s="15"/>
+      <c r="W33" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="X33" s="56"/>
+      <c r="Y33" s="56" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z33" s="5"/>
+    </row>
+    <row r="34" spans="2:26" s="6" customFormat="1" ht="31.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B34" s="121"/>
+      <c r="C34" s="30" t="s">
+        <v>45</v>
+      </c>
+      <c r="D34" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="E34" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="F34" s="58"/>
+      <c r="G34" s="15"/>
+      <c r="H34" s="15"/>
+      <c r="I34" s="15"/>
+      <c r="J34" s="15"/>
+      <c r="K34" s="15"/>
+      <c r="L34" s="15"/>
+      <c r="M34" s="15"/>
+      <c r="N34" s="15"/>
+      <c r="O34" s="15"/>
+      <c r="P34" s="15"/>
+      <c r="Q34" s="15"/>
+      <c r="R34" s="15"/>
+      <c r="S34" s="15"/>
+      <c r="T34" s="15"/>
+      <c r="U34" s="15"/>
+      <c r="V34" s="15"/>
+      <c r="W34" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="X34" s="56"/>
+      <c r="Y34" s="56" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z34" s="5"/>
+    </row>
+    <row r="35" spans="2:26" s="6" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B35" s="107" t="s">
+        <v>46</v>
+      </c>
+      <c r="C35" s="108"/>
+      <c r="D35" s="108"/>
+      <c r="E35" s="109"/>
+      <c r="F35" s="109"/>
+      <c r="G35" s="109"/>
+      <c r="H35" s="109"/>
+      <c r="I35" s="109"/>
+      <c r="J35" s="109"/>
+      <c r="K35" s="109"/>
+      <c r="L35" s="109"/>
+      <c r="M35" s="109"/>
+      <c r="N35" s="109"/>
+      <c r="O35" s="109"/>
+      <c r="P35" s="109"/>
+      <c r="Q35" s="109"/>
+      <c r="R35" s="109"/>
+      <c r="S35" s="109"/>
+      <c r="T35" s="109"/>
+      <c r="U35" s="109"/>
+      <c r="V35" s="109"/>
+      <c r="W35" s="109"/>
+      <c r="X35" s="110"/>
+      <c r="Y35" s="110"/>
+      <c r="Z35" s="111"/>
+    </row>
+    <row r="36" spans="2:26" s="6" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B36" s="97" t="s">
+        <v>47</v>
+      </c>
+      <c r="C36" s="98"/>
+      <c r="D36" s="98"/>
+      <c r="E36" s="98"/>
+      <c r="F36" s="98"/>
+      <c r="G36" s="98"/>
+      <c r="H36" s="98"/>
+      <c r="I36" s="98"/>
+      <c r="J36" s="98"/>
+      <c r="K36" s="98"/>
+      <c r="L36" s="98"/>
+      <c r="M36" s="98"/>
+      <c r="N36" s="98"/>
+      <c r="O36" s="98"/>
+      <c r="P36" s="98"/>
+      <c r="Q36" s="98"/>
+      <c r="R36" s="98"/>
+      <c r="S36" s="98"/>
+      <c r="T36" s="98"/>
+      <c r="U36" s="98"/>
+      <c r="V36" s="98"/>
+      <c r="W36" s="98"/>
+      <c r="X36" s="98"/>
+      <c r="Y36" s="98"/>
+      <c r="Z36" s="5"/>
+    </row>
+    <row r="37" spans="2:26" s="6" customFormat="1" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="B37" s="72" t="s">
+        <v>48</v>
+      </c>
+      <c r="C37" s="30" t="s">
+        <v>49</v>
+      </c>
+      <c r="D37" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="E37" s="15">
+        <v>2</v>
+      </c>
+      <c r="F37" s="58"/>
+      <c r="G37" s="15"/>
+      <c r="H37" s="15"/>
+      <c r="I37" s="15"/>
+      <c r="J37" s="15"/>
+      <c r="K37" s="15"/>
+      <c r="L37" s="15"/>
+      <c r="M37" s="15"/>
+      <c r="N37" s="15"/>
+      <c r="O37" s="15"/>
+      <c r="P37" s="15"/>
+      <c r="Q37" s="15"/>
+      <c r="R37" s="15"/>
+      <c r="S37" s="15"/>
+      <c r="T37" s="15"/>
+      <c r="U37" s="15"/>
+      <c r="V37" s="15"/>
+      <c r="W37" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="X37" s="56"/>
+      <c r="Y37" s="56" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z37" s="5"/>
+    </row>
+    <row r="38" spans="2:26" s="6" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="B38" s="31" t="s">
+        <v>50</v>
+      </c>
+      <c r="C38" s="30" t="s">
+        <v>77</v>
+      </c>
+      <c r="D38" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="E38" s="15">
+        <v>1</v>
+      </c>
+      <c r="F38" s="58"/>
+      <c r="G38" s="15"/>
+      <c r="H38" s="15"/>
+      <c r="I38" s="15"/>
+      <c r="J38" s="15"/>
+      <c r="K38" s="15"/>
+      <c r="L38" s="15"/>
+      <c r="M38" s="15"/>
+      <c r="N38" s="15"/>
+      <c r="O38" s="15"/>
+      <c r="P38" s="15"/>
+      <c r="Q38" s="15"/>
+      <c r="R38" s="15"/>
+      <c r="S38" s="15"/>
+      <c r="T38" s="15"/>
+      <c r="U38" s="15"/>
+      <c r="V38" s="15"/>
+      <c r="W38" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="X38" s="56"/>
+      <c r="Y38" s="56" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z38" s="5"/>
+    </row>
+    <row r="39" spans="2:26" s="6" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B39" s="112" t="s">
+        <v>51</v>
+      </c>
+      <c r="C39" s="113"/>
+      <c r="D39" s="113"/>
+      <c r="E39" s="114"/>
+      <c r="F39" s="114"/>
+      <c r="G39" s="114"/>
+      <c r="H39" s="114"/>
+      <c r="I39" s="114"/>
+      <c r="J39" s="114"/>
+      <c r="K39" s="114"/>
+      <c r="L39" s="114"/>
+      <c r="M39" s="114"/>
+      <c r="N39" s="114"/>
+      <c r="O39" s="114"/>
+      <c r="P39" s="114"/>
+      <c r="Q39" s="114"/>
+      <c r="R39" s="114"/>
+      <c r="S39" s="114"/>
+      <c r="T39" s="114"/>
+      <c r="U39" s="114"/>
+      <c r="V39" s="114"/>
+      <c r="W39" s="114"/>
+      <c r="X39" s="115"/>
+      <c r="Y39" s="115"/>
+      <c r="Z39" s="116"/>
+    </row>
+    <row r="40" spans="2:26" s="6" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B40" s="97" t="s">
+        <v>52</v>
+      </c>
+      <c r="C40" s="98"/>
+      <c r="D40" s="98"/>
+      <c r="E40" s="98"/>
+      <c r="F40" s="98"/>
+      <c r="G40" s="98"/>
+      <c r="H40" s="98"/>
+      <c r="I40" s="98"/>
+      <c r="J40" s="98"/>
+      <c r="K40" s="98"/>
+      <c r="L40" s="98"/>
+      <c r="M40" s="98"/>
+      <c r="N40" s="98"/>
+      <c r="O40" s="98"/>
+      <c r="P40" s="98"/>
+      <c r="Q40" s="98"/>
+      <c r="R40" s="98"/>
+      <c r="S40" s="98"/>
+      <c r="T40" s="98"/>
+      <c r="U40" s="98"/>
+      <c r="V40" s="98"/>
+      <c r="W40" s="98"/>
+      <c r="X40" s="98"/>
+      <c r="Y40" s="98"/>
+      <c r="Z40" s="5"/>
+    </row>
+    <row r="41" spans="2:26" s="6" customFormat="1" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="B41" s="72" t="s">
+        <v>53</v>
+      </c>
+      <c r="C41" s="40" t="s">
+        <v>54</v>
+      </c>
+      <c r="D41" s="32" t="s">
+        <v>38</v>
+      </c>
+      <c r="E41" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="F41" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="G41" s="15"/>
+      <c r="H41" s="15"/>
+      <c r="I41" s="15"/>
+      <c r="J41" s="15"/>
+      <c r="K41" s="15"/>
+      <c r="L41" s="15"/>
+      <c r="M41" s="15"/>
+      <c r="N41" s="15"/>
+      <c r="O41" s="15"/>
+      <c r="P41" s="15"/>
+      <c r="Q41" s="15"/>
+      <c r="R41" s="15"/>
+      <c r="S41" s="15"/>
+      <c r="T41" s="15"/>
+      <c r="U41" s="15"/>
+      <c r="V41" s="15"/>
+      <c r="W41" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="X41" s="56"/>
+      <c r="Y41" s="56" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z41" s="5"/>
+    </row>
+    <row r="42" spans="2:26" s="6" customFormat="1" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="B42" s="49" t="s">
+        <v>55</v>
+      </c>
+      <c r="C42" s="40" t="s">
+        <v>56</v>
+      </c>
+      <c r="D42" s="39" t="s">
+        <v>35</v>
+      </c>
+      <c r="E42" s="59" t="s">
+        <v>95</v>
+      </c>
+      <c r="F42" s="58"/>
+      <c r="G42" s="15"/>
+      <c r="H42" s="15"/>
+      <c r="I42" s="15"/>
+      <c r="J42" s="15"/>
+      <c r="K42" s="15"/>
+      <c r="L42" s="15"/>
+      <c r="M42" s="15"/>
+      <c r="N42" s="15"/>
+      <c r="O42" s="15"/>
+      <c r="P42" s="15"/>
+      <c r="Q42" s="15"/>
+      <c r="R42" s="15"/>
+      <c r="S42" s="15"/>
+      <c r="T42" s="15"/>
+      <c r="U42" s="15"/>
+      <c r="V42" s="15"/>
+      <c r="W42" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="X42" s="56"/>
+      <c r="Y42" s="56" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z42" s="5"/>
+    </row>
+    <row r="43" spans="2:26" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B43" s="50" t="s">
+        <v>57</v>
+      </c>
+      <c r="C43" s="40" t="s">
+        <v>58</v>
+      </c>
+      <c r="D43" s="73" t="s">
+        <v>35</v>
+      </c>
+      <c r="E43" s="60">
         <v>18</v>
       </c>
-      <c r="N15" s="122"/>
-[...19 lines deleted...]
-      <c r="E16" s="114" t="s">
+      <c r="F43" s="58"/>
+      <c r="G43" s="32"/>
+      <c r="H43" s="32"/>
+      <c r="I43" s="32"/>
+      <c r="J43" s="32"/>
+      <c r="K43" s="32"/>
+      <c r="L43" s="32"/>
+      <c r="M43" s="32"/>
+      <c r="N43" s="32"/>
+      <c r="O43" s="32"/>
+      <c r="P43" s="32"/>
+      <c r="Q43" s="32"/>
+      <c r="R43" s="32"/>
+      <c r="S43" s="32"/>
+      <c r="T43" s="32"/>
+      <c r="U43" s="32"/>
+      <c r="V43" s="32"/>
+      <c r="W43" s="32" t="s">
+        <v>78</v>
+      </c>
+      <c r="X43" s="57"/>
+      <c r="Y43" s="57" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z43" s="34"/>
+    </row>
+    <row r="44" spans="2:26" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B44" s="107" t="s">
+        <v>59</v>
+      </c>
+      <c r="C44" s="108"/>
+      <c r="D44" s="108"/>
+      <c r="E44" s="109"/>
+      <c r="F44" s="109"/>
+      <c r="G44" s="109"/>
+      <c r="H44" s="109"/>
+      <c r="I44" s="109"/>
+      <c r="J44" s="109"/>
+      <c r="K44" s="109"/>
+      <c r="L44" s="109"/>
+      <c r="M44" s="109"/>
+      <c r="N44" s="109"/>
+      <c r="O44" s="109"/>
+      <c r="P44" s="109"/>
+      <c r="Q44" s="109"/>
+      <c r="R44" s="109"/>
+      <c r="S44" s="109"/>
+      <c r="T44" s="109"/>
+      <c r="U44" s="109"/>
+      <c r="V44" s="109"/>
+      <c r="W44" s="109"/>
+      <c r="X44" s="110"/>
+      <c r="Y44" s="110"/>
+      <c r="Z44" s="111"/>
+    </row>
+    <row r="45" spans="2:26" s="4" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B45" s="97" t="s">
+        <v>60</v>
+      </c>
+      <c r="C45" s="98"/>
+      <c r="D45" s="98"/>
+      <c r="E45" s="98"/>
+      <c r="F45" s="98"/>
+      <c r="G45" s="98"/>
+      <c r="H45" s="98"/>
+      <c r="I45" s="98"/>
+      <c r="J45" s="98"/>
+      <c r="K45" s="98"/>
+      <c r="L45" s="98"/>
+      <c r="M45" s="98"/>
+      <c r="N45" s="98"/>
+      <c r="O45" s="98"/>
+      <c r="P45" s="98"/>
+      <c r="Q45" s="98"/>
+      <c r="R45" s="98"/>
+      <c r="S45" s="98"/>
+      <c r="T45" s="98"/>
+      <c r="U45" s="98"/>
+      <c r="V45" s="98"/>
+      <c r="W45" s="98"/>
+      <c r="X45" s="98"/>
+      <c r="Y45" s="98"/>
+      <c r="Z45" s="99"/>
+    </row>
+    <row r="46" spans="2:26" s="6" customFormat="1" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="B46" s="44" t="s">
+        <v>85</v>
+      </c>
+      <c r="C46" s="48" t="s">
+        <v>61</v>
+      </c>
+      <c r="D46" s="45" t="s">
+        <v>38</v>
+      </c>
+      <c r="E46" s="45">
+        <v>1</v>
+      </c>
+      <c r="F46" s="45">
+        <v>10</v>
+      </c>
+      <c r="G46" s="45"/>
+      <c r="H46" s="45"/>
+      <c r="I46" s="45"/>
+      <c r="J46" s="45"/>
+      <c r="K46" s="45"/>
+      <c r="L46" s="45"/>
+      <c r="M46" s="45"/>
+      <c r="N46" s="45"/>
+      <c r="O46" s="45"/>
+      <c r="P46" s="45"/>
+      <c r="Q46" s="45"/>
+      <c r="R46" s="45"/>
+      <c r="S46" s="45"/>
+      <c r="T46" s="45"/>
+      <c r="U46" s="45"/>
+      <c r="V46" s="45"/>
+      <c r="W46" s="45"/>
+      <c r="X46" s="55"/>
+      <c r="Y46" s="55"/>
+      <c r="Z46" s="5"/>
+    </row>
+    <row r="47" spans="2:26" s="6" customFormat="1" outlineLevel="1" x14ac:dyDescent="0.3">
+      <c r="B47" s="29" t="s">
+        <v>62</v>
+      </c>
+      <c r="C47" s="51"/>
+      <c r="D47" s="74"/>
+      <c r="E47" s="47"/>
+      <c r="F47" s="47"/>
+      <c r="G47" s="47"/>
+      <c r="H47" s="47"/>
+      <c r="I47" s="47"/>
+      <c r="J47" s="47"/>
+      <c r="K47" s="47"/>
+      <c r="L47" s="47"/>
+      <c r="M47" s="47"/>
+      <c r="N47" s="47"/>
+      <c r="O47" s="47"/>
+      <c r="P47" s="47"/>
+      <c r="Q47" s="47"/>
+      <c r="R47" s="47"/>
+      <c r="S47" s="47"/>
+      <c r="T47" s="47"/>
+      <c r="U47" s="47"/>
+      <c r="V47" s="47"/>
+      <c r="W47" s="47"/>
+      <c r="X47" s="56"/>
+      <c r="Y47" s="56"/>
+      <c r="Z47" s="5"/>
+    </row>
+    <row r="48" spans="2:26" s="6" customFormat="1" outlineLevel="1" x14ac:dyDescent="0.3">
+      <c r="B48" s="29" t="s">
+        <v>63</v>
+      </c>
+      <c r="C48" s="51"/>
+      <c r="D48" s="74"/>
+      <c r="E48" s="68">
+        <v>1</v>
+      </c>
+      <c r="F48" s="47">
+        <v>10</v>
+      </c>
+      <c r="G48" s="47"/>
+      <c r="H48" s="47"/>
+      <c r="I48" s="47"/>
+      <c r="J48" s="47"/>
+      <c r="K48" s="47"/>
+      <c r="L48" s="47"/>
+      <c r="M48" s="47"/>
+      <c r="N48" s="47"/>
+      <c r="O48" s="47"/>
+      <c r="P48" s="47"/>
+      <c r="Q48" s="47"/>
+      <c r="R48" s="47"/>
+      <c r="S48" s="47"/>
+      <c r="T48" s="47"/>
+      <c r="U48" s="47"/>
+      <c r="V48" s="47"/>
+      <c r="W48" s="47" t="s">
+        <v>63</v>
+      </c>
+      <c r="X48" s="56"/>
+      <c r="Y48" s="56" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z48" s="5"/>
+    </row>
+    <row r="49" spans="2:26" s="6" customFormat="1" outlineLevel="1" x14ac:dyDescent="0.3">
+      <c r="B49" s="29" t="s">
+        <v>64</v>
+      </c>
+      <c r="C49" s="51"/>
+      <c r="D49" s="74"/>
+      <c r="E49" s="47"/>
+      <c r="F49" s="47"/>
+      <c r="G49" s="47"/>
+      <c r="H49" s="47"/>
+      <c r="I49" s="47"/>
+      <c r="J49" s="47"/>
+      <c r="K49" s="47"/>
+      <c r="L49" s="47"/>
+      <c r="M49" s="47"/>
+      <c r="N49" s="47"/>
+      <c r="O49" s="47"/>
+      <c r="P49" s="47"/>
+      <c r="Q49" s="47"/>
+      <c r="R49" s="47"/>
+      <c r="S49" s="47"/>
+      <c r="T49" s="47"/>
+      <c r="U49" s="47"/>
+      <c r="V49" s="47"/>
+      <c r="W49" s="47"/>
+      <c r="X49" s="56"/>
+      <c r="Y49" s="56"/>
+      <c r="Z49" s="5"/>
+    </row>
+    <row r="50" spans="2:26" s="6" customFormat="1" outlineLevel="1" x14ac:dyDescent="0.3">
+      <c r="B50" s="29" t="s">
+        <v>65</v>
+      </c>
+      <c r="C50" s="51"/>
+      <c r="D50" s="74"/>
+      <c r="E50" s="47"/>
+      <c r="F50" s="47"/>
+      <c r="G50" s="47"/>
+      <c r="H50" s="47"/>
+      <c r="I50" s="47"/>
+      <c r="J50" s="47"/>
+      <c r="K50" s="47"/>
+      <c r="L50" s="47"/>
+      <c r="M50" s="47"/>
+      <c r="N50" s="47"/>
+      <c r="O50" s="47"/>
+      <c r="P50" s="47"/>
+      <c r="Q50" s="47"/>
+      <c r="R50" s="47"/>
+      <c r="S50" s="47"/>
+      <c r="T50" s="47"/>
+      <c r="U50" s="47"/>
+      <c r="V50" s="47"/>
+      <c r="W50" s="47"/>
+      <c r="X50" s="56"/>
+      <c r="Y50" s="56"/>
+      <c r="Z50" s="5"/>
+    </row>
+    <row r="51" spans="2:26" s="6" customFormat="1" outlineLevel="1" x14ac:dyDescent="0.3">
+      <c r="B51" s="44" t="s">
+        <v>84</v>
+      </c>
+      <c r="C51" s="46" t="s">
+        <v>61</v>
+      </c>
+      <c r="D51" s="45" t="s">
+        <v>38</v>
+      </c>
+      <c r="E51" s="45">
+        <v>1</v>
+      </c>
+      <c r="F51" s="45">
+        <v>10</v>
+      </c>
+      <c r="G51" s="45"/>
+      <c r="H51" s="45"/>
+      <c r="I51" s="45"/>
+      <c r="J51" s="45"/>
+      <c r="K51" s="45"/>
+      <c r="L51" s="45"/>
+      <c r="M51" s="45"/>
+      <c r="N51" s="45"/>
+      <c r="O51" s="45"/>
+      <c r="P51" s="45"/>
+      <c r="Q51" s="45"/>
+      <c r="R51" s="45"/>
+      <c r="S51" s="45"/>
+      <c r="T51" s="45"/>
+      <c r="U51" s="45"/>
+      <c r="V51" s="45"/>
+      <c r="W51" s="45"/>
+      <c r="X51" s="55"/>
+      <c r="Y51" s="55"/>
+      <c r="Z51" s="5"/>
+    </row>
+    <row r="52" spans="2:26" s="6" customFormat="1" outlineLevel="1" x14ac:dyDescent="0.3">
+      <c r="B52" s="29" t="s">
+        <v>62</v>
+      </c>
+      <c r="C52" s="51"/>
+      <c r="D52" s="74"/>
+      <c r="E52" s="15"/>
+      <c r="F52" s="15"/>
+      <c r="G52" s="15"/>
+      <c r="H52" s="15"/>
+      <c r="I52" s="15"/>
+      <c r="J52" s="15"/>
+      <c r="K52" s="15"/>
+      <c r="L52" s="15"/>
+      <c r="M52" s="15"/>
+      <c r="N52" s="15"/>
+      <c r="O52" s="15"/>
+      <c r="P52" s="15"/>
+      <c r="Q52" s="15"/>
+      <c r="R52" s="15"/>
+      <c r="S52" s="15"/>
+      <c r="T52" s="15"/>
+      <c r="U52" s="15"/>
+      <c r="V52" s="15"/>
+      <c r="W52" s="15"/>
+      <c r="X52" s="56"/>
+      <c r="Y52" s="56"/>
+      <c r="Z52" s="5"/>
+    </row>
+    <row r="53" spans="2:26" s="6" customFormat="1" outlineLevel="1" x14ac:dyDescent="0.3">
+      <c r="B53" s="29" t="s">
+        <v>63</v>
+      </c>
+      <c r="C53" s="51"/>
+      <c r="D53" s="74"/>
+      <c r="E53" s="15"/>
+      <c r="F53" s="15"/>
+      <c r="G53" s="15"/>
+      <c r="H53" s="15"/>
+      <c r="I53" s="15"/>
+      <c r="J53" s="15"/>
+      <c r="K53" s="15"/>
+      <c r="L53" s="15"/>
+      <c r="M53" s="15"/>
+      <c r="N53" s="15"/>
+      <c r="O53" s="15"/>
+      <c r="P53" s="15"/>
+      <c r="Q53" s="15"/>
+      <c r="R53" s="15"/>
+      <c r="S53" s="15"/>
+      <c r="T53" s="15"/>
+      <c r="U53" s="15"/>
+      <c r="V53" s="15"/>
+      <c r="W53" s="15"/>
+      <c r="X53" s="56"/>
+      <c r="Y53" s="56"/>
+      <c r="Z53" s="5"/>
+    </row>
+    <row r="54" spans="2:26" s="6" customFormat="1" outlineLevel="1" x14ac:dyDescent="0.3">
+      <c r="B54" s="29" t="s">
+        <v>64</v>
+      </c>
+      <c r="C54" s="51"/>
+      <c r="D54" s="74"/>
+      <c r="E54" s="15">
+        <v>1</v>
+      </c>
+      <c r="F54" s="15">
+        <v>10</v>
+      </c>
+      <c r="G54" s="15"/>
+      <c r="H54" s="15"/>
+      <c r="I54" s="15"/>
+      <c r="J54" s="15"/>
+      <c r="K54" s="15"/>
+      <c r="L54" s="15"/>
+      <c r="M54" s="15"/>
+      <c r="N54" s="15"/>
+      <c r="O54" s="15"/>
+      <c r="P54" s="15"/>
+      <c r="Q54" s="15"/>
+      <c r="R54" s="15"/>
+      <c r="S54" s="15"/>
+      <c r="T54" s="15"/>
+      <c r="U54" s="15"/>
+      <c r="V54" s="15"/>
+      <c r="W54" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="X54" s="56"/>
+      <c r="Y54" s="56" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z54" s="5"/>
+    </row>
+    <row r="55" spans="2:26" s="6" customFormat="1" outlineLevel="1" x14ac:dyDescent="0.3">
+      <c r="B55" s="29" t="s">
+        <v>65</v>
+      </c>
+      <c r="C55" s="51"/>
+      <c r="D55" s="74"/>
+      <c r="E55" s="15"/>
+      <c r="F55" s="15"/>
+      <c r="G55" s="15"/>
+      <c r="H55" s="15"/>
+      <c r="I55" s="15"/>
+      <c r="J55" s="15"/>
+      <c r="K55" s="15"/>
+      <c r="L55" s="15"/>
+      <c r="M55" s="15"/>
+      <c r="N55" s="15"/>
+      <c r="O55" s="15"/>
+      <c r="P55" s="15"/>
+      <c r="Q55" s="15"/>
+      <c r="R55" s="15"/>
+      <c r="S55" s="15"/>
+      <c r="T55" s="15"/>
+      <c r="U55" s="15"/>
+      <c r="V55" s="15"/>
+      <c r="W55" s="15"/>
+      <c r="X55" s="56"/>
+      <c r="Y55" s="56"/>
+      <c r="Z55" s="5"/>
+    </row>
+    <row r="56" spans="2:26" s="6" customFormat="1" ht="18" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.3">
+      <c r="B56" s="44" t="s">
+        <v>66</v>
+      </c>
+      <c r="C56" s="46" t="s">
+        <v>61</v>
+      </c>
+      <c r="D56" s="45" t="s">
+        <v>38</v>
+      </c>
+      <c r="E56" s="45">
+        <v>2</v>
+      </c>
+      <c r="F56" s="45">
         <v>20</v>
       </c>
-      <c r="F16" s="79" t="s">
-[...173 lines deleted...]
-      <c r="E20" s="135">
+      <c r="G56" s="45"/>
+      <c r="H56" s="45"/>
+      <c r="I56" s="45"/>
+      <c r="J56" s="45"/>
+      <c r="K56" s="45"/>
+      <c r="L56" s="45"/>
+      <c r="M56" s="45"/>
+      <c r="N56" s="45"/>
+      <c r="O56" s="45"/>
+      <c r="P56" s="45"/>
+      <c r="Q56" s="45"/>
+      <c r="R56" s="45"/>
+      <c r="S56" s="45"/>
+      <c r="T56" s="45"/>
+      <c r="U56" s="45"/>
+      <c r="V56" s="45"/>
+      <c r="W56" s="45"/>
+      <c r="X56" s="55"/>
+      <c r="Y56" s="55"/>
+      <c r="Z56" s="5"/>
+    </row>
+    <row r="57" spans="2:26" s="6" customFormat="1" outlineLevel="1" x14ac:dyDescent="0.3">
+      <c r="B57" s="29" t="s">
+        <v>62</v>
+      </c>
+      <c r="C57" s="51"/>
+      <c r="D57" s="74"/>
+      <c r="E57" s="15">
         <v>1</v>
       </c>
-      <c r="F20" s="136"/>
-[...127 lines deleted...]
-      <c r="D24" s="5" t="s">
+      <c r="F57" s="15">
+        <v>10</v>
+      </c>
+      <c r="G57" s="15"/>
+      <c r="H57" s="15"/>
+      <c r="I57" s="15"/>
+      <c r="J57" s="15"/>
+      <c r="K57" s="15"/>
+      <c r="L57" s="15"/>
+      <c r="M57" s="15"/>
+      <c r="N57" s="15"/>
+      <c r="O57" s="15"/>
+      <c r="P57" s="15"/>
+      <c r="Q57" s="15"/>
+      <c r="R57" s="15"/>
+      <c r="S57" s="15"/>
+      <c r="T57" s="15"/>
+      <c r="U57" s="15"/>
+      <c r="V57" s="15"/>
+      <c r="W57" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="X57" s="56"/>
+      <c r="Y57" s="56" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z57" s="5"/>
+    </row>
+    <row r="58" spans="2:26" s="6" customFormat="1" outlineLevel="1" x14ac:dyDescent="0.3">
+      <c r="B58" s="29" t="s">
+        <v>63</v>
+      </c>
+      <c r="C58" s="51"/>
+      <c r="D58" s="74"/>
+      <c r="E58" s="15"/>
+      <c r="F58" s="15"/>
+      <c r="G58" s="15"/>
+      <c r="H58" s="15"/>
+      <c r="I58" s="15"/>
+      <c r="J58" s="15"/>
+      <c r="K58" s="15"/>
+      <c r="L58" s="15"/>
+      <c r="M58" s="15"/>
+      <c r="N58" s="15"/>
+      <c r="O58" s="15"/>
+      <c r="P58" s="15"/>
+      <c r="Q58" s="15"/>
+      <c r="R58" s="15"/>
+      <c r="S58" s="15"/>
+      <c r="T58" s="15"/>
+      <c r="U58" s="15"/>
+      <c r="V58" s="15"/>
+      <c r="W58" s="15"/>
+      <c r="X58" s="56"/>
+      <c r="Y58" s="56"/>
+      <c r="Z58" s="5"/>
+    </row>
+    <row r="59" spans="2:26" s="6" customFormat="1" outlineLevel="1" x14ac:dyDescent="0.3">
+      <c r="B59" s="29" t="s">
+        <v>64</v>
+      </c>
+      <c r="C59" s="51"/>
+      <c r="D59" s="74"/>
+      <c r="E59" s="15">
+        <v>1</v>
+      </c>
+      <c r="F59" s="15">
+        <v>10</v>
+      </c>
+      <c r="G59" s="15"/>
+      <c r="H59" s="15"/>
+      <c r="I59" s="15"/>
+      <c r="J59" s="15"/>
+      <c r="K59" s="15"/>
+      <c r="L59" s="15"/>
+      <c r="M59" s="15"/>
+      <c r="N59" s="15"/>
+      <c r="O59" s="15"/>
+      <c r="P59" s="15"/>
+      <c r="Q59" s="15"/>
+      <c r="R59" s="15"/>
+      <c r="S59" s="15"/>
+      <c r="T59" s="15"/>
+      <c r="U59" s="15"/>
+      <c r="V59" s="15"/>
+      <c r="W59" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="X59" s="56"/>
+      <c r="Y59" s="56" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z59" s="5"/>
+    </row>
+    <row r="60" spans="2:26" s="6" customFormat="1" outlineLevel="1" x14ac:dyDescent="0.3">
+      <c r="B60" s="29" t="s">
+        <v>65</v>
+      </c>
+      <c r="C60" s="51"/>
+      <c r="D60" s="74"/>
+      <c r="E60" s="15"/>
+      <c r="F60" s="15"/>
+      <c r="G60" s="15"/>
+      <c r="H60" s="15"/>
+      <c r="I60" s="15"/>
+      <c r="J60" s="15"/>
+      <c r="K60" s="15"/>
+      <c r="L60" s="15"/>
+      <c r="M60" s="15"/>
+      <c r="N60" s="15"/>
+      <c r="O60" s="15"/>
+      <c r="P60" s="15"/>
+      <c r="Q60" s="15"/>
+      <c r="R60" s="15"/>
+      <c r="S60" s="15"/>
+      <c r="T60" s="15"/>
+      <c r="U60" s="15"/>
+      <c r="V60" s="15"/>
+      <c r="W60" s="15"/>
+      <c r="X60" s="56"/>
+      <c r="Y60" s="56"/>
+      <c r="Z60" s="5"/>
+    </row>
+    <row r="61" spans="2:26" s="6" customFormat="1" ht="19.2" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.3">
+      <c r="B61" s="54" t="s">
+        <v>67</v>
+      </c>
+      <c r="C61" s="46" t="s">
+        <v>61</v>
+      </c>
+      <c r="D61" s="45" t="s">
         <v>38</v>
       </c>
-      <c r="E24" s="16">
+      <c r="E61" s="45">
         <v>1</v>
       </c>
-      <c r="F24" s="66"/>
-[...30 lines deleted...]
-      <c r="D25" s="5" t="s">
+      <c r="F61" s="45">
+        <v>10</v>
+      </c>
+      <c r="G61" s="45"/>
+      <c r="H61" s="45"/>
+      <c r="I61" s="45"/>
+      <c r="J61" s="45"/>
+      <c r="K61" s="45"/>
+      <c r="L61" s="45"/>
+      <c r="M61" s="45"/>
+      <c r="N61" s="45"/>
+      <c r="O61" s="45"/>
+      <c r="P61" s="45"/>
+      <c r="Q61" s="45"/>
+      <c r="R61" s="45"/>
+      <c r="S61" s="45"/>
+      <c r="T61" s="45"/>
+      <c r="U61" s="45"/>
+      <c r="V61" s="45"/>
+      <c r="W61" s="45"/>
+      <c r="X61" s="55"/>
+      <c r="Y61" s="55"/>
+      <c r="Z61" s="5"/>
+    </row>
+    <row r="62" spans="2:26" s="6" customFormat="1" outlineLevel="1" x14ac:dyDescent="0.3">
+      <c r="B62" s="29" t="s">
+        <v>62</v>
+      </c>
+      <c r="C62" s="51"/>
+      <c r="D62" s="75"/>
+      <c r="E62" s="32"/>
+      <c r="F62" s="32"/>
+      <c r="G62" s="32"/>
+      <c r="H62" s="32"/>
+      <c r="I62" s="32"/>
+      <c r="J62" s="32"/>
+      <c r="K62" s="32"/>
+      <c r="L62" s="32"/>
+      <c r="M62" s="32"/>
+      <c r="N62" s="32"/>
+      <c r="O62" s="32"/>
+      <c r="P62" s="32"/>
+      <c r="Q62" s="32"/>
+      <c r="R62" s="32"/>
+      <c r="S62" s="32"/>
+      <c r="T62" s="32"/>
+      <c r="U62" s="32"/>
+      <c r="V62" s="32"/>
+      <c r="W62" s="32"/>
+      <c r="X62" s="57"/>
+      <c r="Y62" s="57"/>
+      <c r="Z62" s="5"/>
+    </row>
+    <row r="63" spans="2:26" s="6" customFormat="1" outlineLevel="1" x14ac:dyDescent="0.3">
+      <c r="B63" s="33" t="s">
+        <v>63</v>
+      </c>
+      <c r="C63" s="51"/>
+      <c r="D63" s="75"/>
+      <c r="E63" s="32"/>
+      <c r="F63" s="32"/>
+      <c r="G63" s="32"/>
+      <c r="H63" s="32"/>
+      <c r="I63" s="32"/>
+      <c r="J63" s="32"/>
+      <c r="K63" s="32"/>
+      <c r="L63" s="32"/>
+      <c r="M63" s="32"/>
+      <c r="N63" s="32"/>
+      <c r="O63" s="32"/>
+      <c r="P63" s="32"/>
+      <c r="Q63" s="32"/>
+      <c r="R63" s="32"/>
+      <c r="S63" s="32"/>
+      <c r="T63" s="32"/>
+      <c r="U63" s="32"/>
+      <c r="V63" s="32"/>
+      <c r="W63" s="32"/>
+      <c r="X63" s="57"/>
+      <c r="Y63" s="57"/>
+      <c r="Z63" s="5"/>
+    </row>
+    <row r="64" spans="2:26" s="6" customFormat="1" outlineLevel="1" x14ac:dyDescent="0.3">
+      <c r="B64" s="29" t="s">
+        <v>64</v>
+      </c>
+      <c r="C64" s="51"/>
+      <c r="D64" s="75"/>
+      <c r="E64" s="32"/>
+      <c r="F64" s="32"/>
+      <c r="G64" s="32"/>
+      <c r="H64" s="32"/>
+      <c r="I64" s="32"/>
+      <c r="J64" s="32"/>
+      <c r="K64" s="32"/>
+      <c r="L64" s="32"/>
+      <c r="M64" s="32"/>
+      <c r="N64" s="32"/>
+      <c r="O64" s="32"/>
+      <c r="P64" s="32"/>
+      <c r="Q64" s="32"/>
+      <c r="R64" s="32"/>
+      <c r="S64" s="32"/>
+      <c r="T64" s="32"/>
+      <c r="U64" s="32"/>
+      <c r="V64" s="32"/>
+      <c r="W64" s="32"/>
+      <c r="X64" s="57"/>
+      <c r="Y64" s="57"/>
+      <c r="Z64" s="5"/>
+    </row>
+    <row r="65" spans="2:26" s="6" customFormat="1" outlineLevel="1" x14ac:dyDescent="0.3">
+      <c r="B65" s="29" t="s">
+        <v>65</v>
+      </c>
+      <c r="C65" s="51"/>
+      <c r="D65" s="75"/>
+      <c r="E65" s="32">
+        <v>1</v>
+      </c>
+      <c r="F65" s="32">
+        <v>10</v>
+      </c>
+      <c r="G65" s="32"/>
+      <c r="H65" s="32"/>
+      <c r="I65" s="32"/>
+      <c r="J65" s="32"/>
+      <c r="K65" s="32"/>
+      <c r="L65" s="32"/>
+      <c r="M65" s="32"/>
+      <c r="N65" s="32"/>
+      <c r="O65" s="32"/>
+      <c r="P65" s="32"/>
+      <c r="Q65" s="32"/>
+      <c r="R65" s="32"/>
+      <c r="S65" s="32"/>
+      <c r="T65" s="32"/>
+      <c r="U65" s="32"/>
+      <c r="V65" s="32"/>
+      <c r="W65" s="32" t="s">
+        <v>65</v>
+      </c>
+      <c r="X65" s="57"/>
+      <c r="Y65" s="57" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z65" s="5"/>
+    </row>
+    <row r="66" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B66" s="44" t="s">
+        <v>68</v>
+      </c>
+      <c r="C66" s="46" t="s">
+        <v>61</v>
+      </c>
+      <c r="D66" s="45" t="s">
         <v>38</v>
       </c>
-      <c r="E25" s="16">
+      <c r="E66" s="45">
+        <v>1</v>
+      </c>
+      <c r="F66" s="45">
+        <v>10</v>
+      </c>
+      <c r="G66" s="45"/>
+      <c r="H66" s="45"/>
+      <c r="I66" s="45"/>
+      <c r="J66" s="45"/>
+      <c r="K66" s="45"/>
+      <c r="L66" s="45"/>
+      <c r="M66" s="45"/>
+      <c r="N66" s="45"/>
+      <c r="O66" s="45"/>
+      <c r="P66" s="45"/>
+      <c r="Q66" s="45"/>
+      <c r="R66" s="45"/>
+      <c r="S66" s="45"/>
+      <c r="T66" s="45"/>
+      <c r="U66" s="45"/>
+      <c r="V66" s="45"/>
+      <c r="W66" s="45"/>
+      <c r="X66" s="55"/>
+      <c r="Y66" s="55"/>
+      <c r="Z66" s="5"/>
+    </row>
+    <row r="67" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B67" s="29" t="s">
+        <v>62</v>
+      </c>
+      <c r="C67" s="51"/>
+      <c r="D67" s="76"/>
+      <c r="E67" s="15">
+        <v>1</v>
+      </c>
+      <c r="F67" s="15">
+        <v>10</v>
+      </c>
+      <c r="G67" s="15"/>
+      <c r="H67" s="15"/>
+      <c r="I67" s="15"/>
+      <c r="J67" s="15"/>
+      <c r="K67" s="15"/>
+      <c r="L67" s="15"/>
+      <c r="M67" s="15"/>
+      <c r="N67" s="15"/>
+      <c r="O67" s="15"/>
+      <c r="P67" s="15"/>
+      <c r="Q67" s="15"/>
+      <c r="R67" s="15"/>
+      <c r="S67" s="15"/>
+      <c r="T67" s="15"/>
+      <c r="U67" s="15"/>
+      <c r="V67" s="15"/>
+      <c r="W67" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="X67" s="56"/>
+      <c r="Y67" s="56" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z67" s="5"/>
+    </row>
+    <row r="68" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B68" s="29" t="s">
+        <v>63</v>
+      </c>
+      <c r="C68" s="51"/>
+      <c r="D68" s="76"/>
+      <c r="E68" s="15"/>
+      <c r="F68" s="15"/>
+      <c r="G68" s="15"/>
+      <c r="H68" s="15"/>
+      <c r="I68" s="15"/>
+      <c r="J68" s="15"/>
+      <c r="K68" s="15"/>
+      <c r="L68" s="15"/>
+      <c r="M68" s="15"/>
+      <c r="N68" s="15"/>
+      <c r="O68" s="15"/>
+      <c r="P68" s="15"/>
+      <c r="Q68" s="15"/>
+      <c r="R68" s="15"/>
+      <c r="S68" s="15"/>
+      <c r="T68" s="15"/>
+      <c r="U68" s="15"/>
+      <c r="V68" s="15"/>
+      <c r="W68" s="15"/>
+      <c r="X68" s="56"/>
+      <c r="Y68" s="56"/>
+      <c r="Z68" s="5"/>
+    </row>
+    <row r="69" spans="2:26" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B69" s="29" t="s">
+        <v>64</v>
+      </c>
+      <c r="C69" s="51"/>
+      <c r="D69" s="76"/>
+      <c r="E69" s="15"/>
+      <c r="F69" s="15"/>
+      <c r="G69" s="15"/>
+      <c r="H69" s="15"/>
+      <c r="I69" s="15"/>
+      <c r="J69" s="15"/>
+      <c r="K69" s="15"/>
+      <c r="L69" s="15"/>
+      <c r="M69" s="15"/>
+      <c r="N69" s="15"/>
+      <c r="O69" s="15"/>
+      <c r="P69" s="15"/>
+      <c r="Q69" s="15"/>
+      <c r="R69" s="15"/>
+      <c r="S69" s="15"/>
+      <c r="T69" s="15"/>
+      <c r="U69" s="15"/>
+      <c r="V69" s="15"/>
+      <c r="W69" s="15"/>
+      <c r="X69" s="56"/>
+      <c r="Y69" s="56"/>
+      <c r="Z69" s="5"/>
+    </row>
+    <row r="70" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B70" s="29" t="s">
+        <v>65</v>
+      </c>
+      <c r="C70" s="51"/>
+      <c r="D70" s="74"/>
+      <c r="E70" s="15"/>
+      <c r="F70" s="15"/>
+      <c r="G70" s="15"/>
+      <c r="H70" s="15"/>
+      <c r="I70" s="15"/>
+      <c r="J70" s="15"/>
+      <c r="K70" s="15"/>
+      <c r="L70" s="15"/>
+      <c r="M70" s="15"/>
+      <c r="N70" s="15"/>
+      <c r="O70" s="15"/>
+      <c r="P70" s="15"/>
+      <c r="Q70" s="15"/>
+      <c r="R70" s="15"/>
+      <c r="S70" s="15"/>
+      <c r="T70" s="15"/>
+      <c r="U70" s="15"/>
+      <c r="V70" s="15"/>
+      <c r="W70" s="15"/>
+      <c r="X70" s="56"/>
+      <c r="Y70" s="56"/>
+      <c r="Z70" s="5"/>
+    </row>
+    <row r="71" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B71" s="44" t="s">
+        <v>69</v>
+      </c>
+      <c r="C71" s="46" t="s">
+        <v>61</v>
+      </c>
+      <c r="D71" s="45" t="s">
+        <v>38</v>
+      </c>
+      <c r="E71" s="45">
+        <v>1</v>
+      </c>
+      <c r="F71" s="45">
+        <v>10</v>
+      </c>
+      <c r="G71" s="45"/>
+      <c r="H71" s="45"/>
+      <c r="I71" s="45"/>
+      <c r="J71" s="45"/>
+      <c r="K71" s="45"/>
+      <c r="L71" s="45"/>
+      <c r="M71" s="45"/>
+      <c r="N71" s="45"/>
+      <c r="O71" s="45"/>
+      <c r="P71" s="45"/>
+      <c r="Q71" s="45"/>
+      <c r="R71" s="45"/>
+      <c r="S71" s="45"/>
+      <c r="T71" s="45"/>
+      <c r="U71" s="45"/>
+      <c r="V71" s="45"/>
+      <c r="W71" s="45"/>
+      <c r="X71" s="55"/>
+      <c r="Y71" s="55"/>
+      <c r="Z71" s="34"/>
+    </row>
+    <row r="72" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B72" s="35" t="s">
+        <v>62</v>
+      </c>
+      <c r="C72" s="51"/>
+      <c r="D72" s="77"/>
+      <c r="E72" s="39"/>
+      <c r="F72" s="39"/>
+      <c r="G72" s="39"/>
+      <c r="H72" s="39"/>
+      <c r="I72" s="39"/>
+      <c r="J72" s="39"/>
+      <c r="K72" s="39"/>
+      <c r="L72" s="39"/>
+      <c r="M72" s="39"/>
+      <c r="N72" s="39"/>
+      <c r="O72" s="39"/>
+      <c r="P72" s="39"/>
+      <c r="Q72" s="39"/>
+      <c r="R72" s="39"/>
+      <c r="S72" s="39"/>
+      <c r="T72" s="39"/>
+      <c r="U72" s="39"/>
+      <c r="V72" s="39"/>
+      <c r="W72" s="39"/>
+      <c r="X72" s="39"/>
+      <c r="Y72" s="39"/>
+      <c r="Z72" s="34"/>
+    </row>
+    <row r="73" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B73" s="35" t="s">
+        <v>63</v>
+      </c>
+      <c r="C73" s="51"/>
+      <c r="D73" s="77"/>
+      <c r="E73" s="39"/>
+      <c r="F73" s="39"/>
+      <c r="G73" s="39"/>
+      <c r="H73" s="39"/>
+      <c r="I73" s="39"/>
+      <c r="J73" s="39"/>
+      <c r="K73" s="39"/>
+      <c r="L73" s="39"/>
+      <c r="M73" s="39"/>
+      <c r="N73" s="39"/>
+      <c r="O73" s="39"/>
+      <c r="P73" s="39"/>
+      <c r="Q73" s="39"/>
+      <c r="R73" s="39"/>
+      <c r="S73" s="39"/>
+      <c r="T73" s="39"/>
+      <c r="U73" s="39"/>
+      <c r="V73" s="39"/>
+      <c r="W73" s="39"/>
+      <c r="X73" s="39"/>
+      <c r="Y73" s="39"/>
+      <c r="Z73" s="34"/>
+    </row>
+    <row r="74" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B74" s="35" t="s">
+        <v>64</v>
+      </c>
+      <c r="C74" s="51"/>
+      <c r="D74" s="77"/>
+      <c r="E74" s="39">
+        <v>1</v>
+      </c>
+      <c r="F74" s="39">
+        <v>10</v>
+      </c>
+      <c r="G74" s="39"/>
+      <c r="H74" s="39"/>
+      <c r="I74" s="39"/>
+      <c r="J74" s="39"/>
+      <c r="K74" s="39"/>
+      <c r="L74" s="39"/>
+      <c r="M74" s="39"/>
+      <c r="N74" s="39"/>
+      <c r="O74" s="39"/>
+      <c r="P74" s="39"/>
+      <c r="Q74" s="39"/>
+      <c r="R74" s="39"/>
+      <c r="S74" s="39"/>
+      <c r="T74" s="39"/>
+      <c r="U74" s="39"/>
+      <c r="V74" s="39"/>
+      <c r="W74" s="39" t="s">
+        <v>62</v>
+      </c>
+      <c r="X74" s="39"/>
+      <c r="Y74" s="39" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z74" s="34"/>
+    </row>
+    <row r="75" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B75" s="36" t="s">
+        <v>65</v>
+      </c>
+      <c r="C75" s="51"/>
+      <c r="D75" s="77"/>
+      <c r="E75" s="39"/>
+      <c r="F75" s="39"/>
+      <c r="G75" s="39"/>
+      <c r="H75" s="39"/>
+      <c r="I75" s="39"/>
+      <c r="J75" s="39"/>
+      <c r="K75" s="39"/>
+      <c r="L75" s="39"/>
+      <c r="M75" s="39"/>
+      <c r="N75" s="39"/>
+      <c r="O75" s="39"/>
+      <c r="P75" s="39"/>
+      <c r="Q75" s="39"/>
+      <c r="R75" s="39"/>
+      <c r="S75" s="39"/>
+      <c r="T75" s="39"/>
+      <c r="U75" s="39"/>
+      <c r="V75" s="39"/>
+      <c r="W75" s="39"/>
+      <c r="X75" s="39"/>
+      <c r="Y75" s="39"/>
+      <c r="Z75" s="34"/>
+    </row>
+    <row r="76" spans="2:26" ht="16.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B76" s="44" t="s">
+        <v>82</v>
+      </c>
+      <c r="C76" s="46" t="s">
+        <v>61</v>
+      </c>
+      <c r="D76" s="45" t="s">
+        <v>38</v>
+      </c>
+      <c r="E76" s="45"/>
+      <c r="F76" s="45"/>
+      <c r="G76" s="45"/>
+      <c r="H76" s="45"/>
+      <c r="I76" s="45"/>
+      <c r="J76" s="45"/>
+      <c r="K76" s="45"/>
+      <c r="L76" s="45"/>
+      <c r="M76" s="45"/>
+      <c r="N76" s="45"/>
+      <c r="O76" s="45"/>
+      <c r="P76" s="45"/>
+      <c r="Q76" s="45"/>
+      <c r="R76" s="45"/>
+      <c r="S76" s="45"/>
+      <c r="T76" s="45"/>
+      <c r="U76" s="45"/>
+      <c r="V76" s="45"/>
+      <c r="W76" s="45"/>
+      <c r="X76" s="55"/>
+      <c r="Y76" s="55"/>
+      <c r="Z76" s="34"/>
+    </row>
+    <row r="77" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B77" s="35" t="s">
+        <v>62</v>
+      </c>
+      <c r="C77" s="51"/>
+      <c r="D77" s="77"/>
+      <c r="E77" s="39"/>
+      <c r="F77" s="39"/>
+      <c r="G77" s="39"/>
+      <c r="H77" s="39"/>
+      <c r="I77" s="39"/>
+      <c r="J77" s="39"/>
+      <c r="K77" s="39"/>
+      <c r="L77" s="39"/>
+      <c r="M77" s="39"/>
+      <c r="N77" s="39"/>
+      <c r="O77" s="39"/>
+      <c r="P77" s="39"/>
+      <c r="Q77" s="39"/>
+      <c r="R77" s="39"/>
+      <c r="S77" s="39"/>
+      <c r="T77" s="39"/>
+      <c r="U77" s="39"/>
+      <c r="V77" s="39"/>
+      <c r="W77" s="39"/>
+      <c r="X77" s="39"/>
+      <c r="Y77" s="39"/>
+      <c r="Z77" s="34"/>
+    </row>
+    <row r="78" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B78" s="35" t="s">
+        <v>63</v>
+      </c>
+      <c r="C78" s="51"/>
+      <c r="D78" s="77"/>
+      <c r="E78" s="39"/>
+      <c r="F78" s="39"/>
+      <c r="G78" s="39"/>
+      <c r="H78" s="39"/>
+      <c r="I78" s="39"/>
+      <c r="J78" s="39"/>
+      <c r="K78" s="39"/>
+      <c r="L78" s="39"/>
+      <c r="M78" s="39"/>
+      <c r="N78" s="39"/>
+      <c r="O78" s="39"/>
+      <c r="P78" s="39"/>
+      <c r="Q78" s="39"/>
+      <c r="R78" s="39"/>
+      <c r="S78" s="39"/>
+      <c r="T78" s="39"/>
+      <c r="U78" s="39"/>
+      <c r="V78" s="39"/>
+      <c r="W78" s="39"/>
+      <c r="X78" s="39"/>
+      <c r="Y78" s="39"/>
+      <c r="Z78" s="34"/>
+    </row>
+    <row r="79" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B79" s="35" t="s">
+        <v>64</v>
+      </c>
+      <c r="C79" s="51"/>
+      <c r="D79" s="77"/>
+      <c r="E79" s="39"/>
+      <c r="F79" s="39"/>
+      <c r="G79" s="39"/>
+      <c r="H79" s="39"/>
+      <c r="I79" s="39"/>
+      <c r="J79" s="39"/>
+      <c r="K79" s="39"/>
+      <c r="L79" s="39"/>
+      <c r="M79" s="39"/>
+      <c r="N79" s="39"/>
+      <c r="O79" s="39"/>
+      <c r="P79" s="39"/>
+      <c r="Q79" s="39"/>
+      <c r="R79" s="39"/>
+      <c r="S79" s="39"/>
+      <c r="T79" s="39"/>
+      <c r="U79" s="39"/>
+      <c r="V79" s="39"/>
+      <c r="W79" s="39"/>
+      <c r="X79" s="39"/>
+      <c r="Y79" s="39"/>
+      <c r="Z79" s="34"/>
+    </row>
+    <row r="80" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B80" s="36" t="s">
+        <v>65</v>
+      </c>
+      <c r="C80" s="51"/>
+      <c r="D80" s="77"/>
+      <c r="E80" s="39"/>
+      <c r="F80" s="39"/>
+      <c r="G80" s="39"/>
+      <c r="H80" s="39"/>
+      <c r="I80" s="39"/>
+      <c r="J80" s="39"/>
+      <c r="K80" s="39"/>
+      <c r="L80" s="39"/>
+      <c r="M80" s="39"/>
+      <c r="N80" s="39"/>
+      <c r="O80" s="39"/>
+      <c r="P80" s="39"/>
+      <c r="Q80" s="39"/>
+      <c r="R80" s="39"/>
+      <c r="S80" s="39"/>
+      <c r="T80" s="39"/>
+      <c r="U80" s="39"/>
+      <c r="V80" s="39"/>
+      <c r="W80" s="39"/>
+      <c r="X80" s="39"/>
+      <c r="Y80" s="39"/>
+      <c r="Z80" s="34"/>
+    </row>
+    <row r="81" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B81" s="44" t="s">
+        <v>70</v>
+      </c>
+      <c r="C81" s="46" t="s">
+        <v>61</v>
+      </c>
+      <c r="D81" s="45" t="s">
+        <v>38</v>
+      </c>
+      <c r="E81" s="45"/>
+      <c r="F81" s="45"/>
+      <c r="G81" s="45"/>
+      <c r="H81" s="45"/>
+      <c r="I81" s="45"/>
+      <c r="J81" s="45"/>
+      <c r="K81" s="45"/>
+      <c r="L81" s="45"/>
+      <c r="M81" s="45"/>
+      <c r="N81" s="45"/>
+      <c r="O81" s="45"/>
+      <c r="P81" s="45"/>
+      <c r="Q81" s="45"/>
+      <c r="R81" s="45"/>
+      <c r="S81" s="45"/>
+      <c r="T81" s="45"/>
+      <c r="U81" s="45"/>
+      <c r="V81" s="45"/>
+      <c r="W81" s="45"/>
+      <c r="X81" s="55"/>
+      <c r="Y81" s="55"/>
+      <c r="Z81" s="34"/>
+    </row>
+    <row r="82" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B82" s="35" t="s">
+        <v>62</v>
+      </c>
+      <c r="C82" s="51"/>
+      <c r="D82" s="77"/>
+      <c r="E82" s="39"/>
+      <c r="F82" s="39"/>
+      <c r="G82" s="39"/>
+      <c r="H82" s="39"/>
+      <c r="I82" s="39"/>
+      <c r="J82" s="39"/>
+      <c r="K82" s="39"/>
+      <c r="L82" s="39"/>
+      <c r="M82" s="39"/>
+      <c r="N82" s="39"/>
+      <c r="O82" s="39"/>
+      <c r="P82" s="39"/>
+      <c r="Q82" s="39"/>
+      <c r="R82" s="39"/>
+      <c r="S82" s="39"/>
+      <c r="T82" s="39"/>
+      <c r="U82" s="39"/>
+      <c r="V82" s="39"/>
+      <c r="W82" s="39"/>
+      <c r="X82" s="39"/>
+      <c r="Y82" s="39"/>
+      <c r="Z82" s="34"/>
+    </row>
+    <row r="83" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B83" s="35" t="s">
+        <v>63</v>
+      </c>
+      <c r="C83" s="51"/>
+      <c r="D83" s="77"/>
+      <c r="E83" s="39"/>
+      <c r="F83" s="39"/>
+      <c r="G83" s="39"/>
+      <c r="H83" s="39"/>
+      <c r="I83" s="39"/>
+      <c r="J83" s="39"/>
+      <c r="K83" s="39"/>
+      <c r="L83" s="39"/>
+      <c r="M83" s="39"/>
+      <c r="N83" s="39"/>
+      <c r="O83" s="39"/>
+      <c r="P83" s="39"/>
+      <c r="Q83" s="39"/>
+      <c r="R83" s="39"/>
+      <c r="S83" s="39"/>
+      <c r="T83" s="39"/>
+      <c r="U83" s="39"/>
+      <c r="V83" s="39"/>
+      <c r="W83" s="39"/>
+      <c r="X83" s="39"/>
+      <c r="Y83" s="39"/>
+      <c r="Z83" s="34"/>
+    </row>
+    <row r="84" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B84" s="35" t="s">
+        <v>64</v>
+      </c>
+      <c r="C84" s="51"/>
+      <c r="D84" s="77"/>
+      <c r="E84" s="39"/>
+      <c r="F84" s="39"/>
+      <c r="G84" s="39"/>
+      <c r="H84" s="39"/>
+      <c r="I84" s="39"/>
+      <c r="J84" s="39"/>
+      <c r="K84" s="39"/>
+      <c r="L84" s="39"/>
+      <c r="M84" s="39"/>
+      <c r="N84" s="39"/>
+      <c r="O84" s="39"/>
+      <c r="P84" s="39"/>
+      <c r="Q84" s="39"/>
+      <c r="R84" s="39"/>
+      <c r="S84" s="39"/>
+      <c r="T84" s="39"/>
+      <c r="U84" s="39"/>
+      <c r="V84" s="39"/>
+      <c r="W84" s="39"/>
+      <c r="X84" s="39"/>
+      <c r="Y84" s="39"/>
+      <c r="Z84" s="34"/>
+    </row>
+    <row r="85" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B85" s="36" t="s">
+        <v>65</v>
+      </c>
+      <c r="C85" s="51"/>
+      <c r="D85" s="77"/>
+      <c r="E85" s="39"/>
+      <c r="F85" s="39"/>
+      <c r="G85" s="39"/>
+      <c r="H85" s="39"/>
+      <c r="I85" s="39"/>
+      <c r="J85" s="39"/>
+      <c r="K85" s="39"/>
+      <c r="L85" s="39"/>
+      <c r="M85" s="39"/>
+      <c r="N85" s="39"/>
+      <c r="O85" s="39"/>
+      <c r="P85" s="39"/>
+      <c r="Q85" s="39"/>
+      <c r="R85" s="39"/>
+      <c r="S85" s="39"/>
+      <c r="T85" s="39"/>
+      <c r="U85" s="39"/>
+      <c r="V85" s="39"/>
+      <c r="W85" s="39"/>
+      <c r="X85" s="39"/>
+      <c r="Y85" s="39"/>
+      <c r="Z85" s="34"/>
+    </row>
+    <row r="86" spans="2:26" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B86" s="44" t="s">
+        <v>83</v>
+      </c>
+      <c r="C86" s="53" t="s">
+        <v>61</v>
+      </c>
+      <c r="D86" s="74" t="s">
+        <v>38</v>
+      </c>
+      <c r="E86" s="45">
         <v>2</v>
       </c>
-      <c r="F25" s="66"/>
-[...30 lines deleted...]
-      <c r="D26" s="5" t="s">
+      <c r="F86" s="45">
+        <v>20</v>
+      </c>
+      <c r="G86" s="45"/>
+      <c r="H86" s="45"/>
+      <c r="I86" s="45"/>
+      <c r="J86" s="45"/>
+      <c r="K86" s="45"/>
+      <c r="L86" s="45"/>
+      <c r="M86" s="45"/>
+      <c r="N86" s="45"/>
+      <c r="O86" s="45"/>
+      <c r="P86" s="45"/>
+      <c r="Q86" s="45"/>
+      <c r="R86" s="45"/>
+      <c r="S86" s="45"/>
+      <c r="T86" s="45"/>
+      <c r="U86" s="45"/>
+      <c r="V86" s="45"/>
+      <c r="W86" s="45"/>
+      <c r="X86" s="55"/>
+      <c r="Y86" s="55"/>
+      <c r="Z86" s="34"/>
+    </row>
+    <row r="87" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B87" s="35" t="s">
+        <v>62</v>
+      </c>
+      <c r="C87" s="51"/>
+      <c r="D87" s="77"/>
+      <c r="E87" s="39">
+        <v>1</v>
+      </c>
+      <c r="F87" s="39">
+        <v>10</v>
+      </c>
+      <c r="G87" s="39"/>
+      <c r="H87" s="39"/>
+      <c r="I87" s="39"/>
+      <c r="J87" s="39"/>
+      <c r="K87" s="39"/>
+      <c r="L87" s="39"/>
+      <c r="M87" s="39"/>
+      <c r="N87" s="39"/>
+      <c r="O87" s="39"/>
+      <c r="P87" s="39"/>
+      <c r="Q87" s="39"/>
+      <c r="R87" s="39"/>
+      <c r="S87" s="39"/>
+      <c r="T87" s="39"/>
+      <c r="U87" s="39"/>
+      <c r="V87" s="39"/>
+      <c r="W87" s="39" t="s">
+        <v>62</v>
+      </c>
+      <c r="X87" s="39"/>
+      <c r="Y87" s="39" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z87" s="34"/>
+    </row>
+    <row r="88" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B88" s="35" t="s">
+        <v>63</v>
+      </c>
+      <c r="C88" s="51"/>
+      <c r="D88" s="77"/>
+      <c r="E88" s="39"/>
+      <c r="F88" s="39"/>
+      <c r="G88" s="39"/>
+      <c r="H88" s="39"/>
+      <c r="I88" s="39"/>
+      <c r="J88" s="39"/>
+      <c r="K88" s="39"/>
+      <c r="L88" s="39"/>
+      <c r="M88" s="39"/>
+      <c r="N88" s="39"/>
+      <c r="O88" s="39"/>
+      <c r="P88" s="39"/>
+      <c r="Q88" s="39"/>
+      <c r="R88" s="39"/>
+      <c r="S88" s="39"/>
+      <c r="T88" s="39"/>
+      <c r="U88" s="39"/>
+      <c r="V88" s="39"/>
+      <c r="W88" s="39"/>
+      <c r="X88" s="39"/>
+      <c r="Y88" s="39"/>
+      <c r="Z88" s="34"/>
+    </row>
+    <row r="89" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B89" s="35" t="s">
+        <v>64</v>
+      </c>
+      <c r="C89" s="51"/>
+      <c r="D89" s="77"/>
+      <c r="E89" s="39">
+        <v>1</v>
+      </c>
+      <c r="F89" s="39">
+        <v>10</v>
+      </c>
+      <c r="G89" s="39"/>
+      <c r="H89" s="39"/>
+      <c r="I89" s="39"/>
+      <c r="J89" s="39"/>
+      <c r="K89" s="39"/>
+      <c r="L89" s="39"/>
+      <c r="M89" s="39"/>
+      <c r="N89" s="39"/>
+      <c r="O89" s="39"/>
+      <c r="P89" s="39"/>
+      <c r="Q89" s="39"/>
+      <c r="R89" s="39"/>
+      <c r="S89" s="39"/>
+      <c r="T89" s="39"/>
+      <c r="U89" s="39"/>
+      <c r="V89" s="39"/>
+      <c r="W89" s="39" t="s">
+        <v>97</v>
+      </c>
+      <c r="X89" s="39"/>
+      <c r="Y89" s="39" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z89" s="34"/>
+    </row>
+    <row r="90" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B90" s="36" t="s">
+        <v>65</v>
+      </c>
+      <c r="C90" s="51"/>
+      <c r="D90" s="77"/>
+      <c r="E90" s="39"/>
+      <c r="F90" s="39"/>
+      <c r="G90" s="39"/>
+      <c r="H90" s="39"/>
+      <c r="I90" s="39"/>
+      <c r="J90" s="39"/>
+      <c r="K90" s="39"/>
+      <c r="L90" s="39"/>
+      <c r="M90" s="39"/>
+      <c r="N90" s="39"/>
+      <c r="O90" s="39"/>
+      <c r="P90" s="39"/>
+      <c r="Q90" s="39"/>
+      <c r="R90" s="39"/>
+      <c r="S90" s="39"/>
+      <c r="T90" s="39"/>
+      <c r="U90" s="39"/>
+      <c r="V90" s="39"/>
+      <c r="W90" s="39"/>
+      <c r="X90" s="39"/>
+      <c r="Y90" s="39"/>
+      <c r="Z90" s="34"/>
+    </row>
+    <row r="91" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B91" s="44" t="s">
+        <v>71</v>
+      </c>
+      <c r="C91" s="46" t="s">
+        <v>61</v>
+      </c>
+      <c r="D91" s="45" t="s">
         <v>38</v>
       </c>
-      <c r="E26" s="16">
+      <c r="E91" s="45">
         <v>1</v>
       </c>
-      <c r="F26" s="66"/>
-[...170 lines deleted...]
-      <c r="D31" s="5" t="s">
+      <c r="F91" s="45">
+        <v>10</v>
+      </c>
+      <c r="G91" s="45"/>
+      <c r="H91" s="45"/>
+      <c r="I91" s="45"/>
+      <c r="J91" s="45"/>
+      <c r="K91" s="45"/>
+      <c r="L91" s="45"/>
+      <c r="M91" s="45"/>
+      <c r="N91" s="45"/>
+      <c r="O91" s="45"/>
+      <c r="P91" s="45"/>
+      <c r="Q91" s="45"/>
+      <c r="R91" s="45"/>
+      <c r="S91" s="45"/>
+      <c r="T91" s="45"/>
+      <c r="U91" s="45"/>
+      <c r="V91" s="45"/>
+      <c r="W91" s="45"/>
+      <c r="X91" s="55"/>
+      <c r="Y91" s="55"/>
+      <c r="Z91" s="34"/>
+    </row>
+    <row r="92" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B92" s="35" t="s">
+        <v>62</v>
+      </c>
+      <c r="C92" s="51"/>
+      <c r="D92" s="77"/>
+      <c r="E92" s="39"/>
+      <c r="F92" s="39"/>
+      <c r="G92" s="39"/>
+      <c r="H92" s="39"/>
+      <c r="I92" s="39"/>
+      <c r="J92" s="39"/>
+      <c r="K92" s="39"/>
+      <c r="L92" s="39"/>
+      <c r="M92" s="39"/>
+      <c r="N92" s="39"/>
+      <c r="O92" s="39"/>
+      <c r="P92" s="39"/>
+      <c r="Q92" s="39"/>
+      <c r="R92" s="39"/>
+      <c r="S92" s="39"/>
+      <c r="T92" s="39"/>
+      <c r="U92" s="39"/>
+      <c r="V92" s="39"/>
+      <c r="W92" s="39"/>
+      <c r="X92" s="39"/>
+      <c r="Y92" s="39"/>
+      <c r="Z92" s="34"/>
+    </row>
+    <row r="93" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B93" s="35" t="s">
+        <v>63</v>
+      </c>
+      <c r="C93" s="51"/>
+      <c r="D93" s="77"/>
+      <c r="E93" s="39">
+        <v>1</v>
+      </c>
+      <c r="F93" s="39">
+        <v>10</v>
+      </c>
+      <c r="G93" s="39"/>
+      <c r="H93" s="39"/>
+      <c r="I93" s="39"/>
+      <c r="J93" s="39"/>
+      <c r="K93" s="39"/>
+      <c r="L93" s="39"/>
+      <c r="M93" s="39"/>
+      <c r="N93" s="39"/>
+      <c r="O93" s="39"/>
+      <c r="P93" s="39"/>
+      <c r="Q93" s="39"/>
+      <c r="R93" s="39"/>
+      <c r="S93" s="39"/>
+      <c r="T93" s="39"/>
+      <c r="U93" s="39"/>
+      <c r="V93" s="39"/>
+      <c r="W93" s="39" t="s">
+        <v>63</v>
+      </c>
+      <c r="X93" s="39"/>
+      <c r="Y93" s="39" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z93" s="34"/>
+    </row>
+    <row r="94" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B94" s="35" t="s">
+        <v>64</v>
+      </c>
+      <c r="C94" s="51"/>
+      <c r="D94" s="77"/>
+      <c r="E94" s="39"/>
+      <c r="F94" s="39"/>
+      <c r="G94" s="39"/>
+      <c r="H94" s="39"/>
+      <c r="I94" s="39"/>
+      <c r="J94" s="39"/>
+      <c r="K94" s="39"/>
+      <c r="L94" s="39"/>
+      <c r="M94" s="39"/>
+      <c r="N94" s="39"/>
+      <c r="O94" s="39"/>
+      <c r="P94" s="39"/>
+      <c r="Q94" s="39"/>
+      <c r="R94" s="39"/>
+      <c r="S94" s="39"/>
+      <c r="T94" s="39"/>
+      <c r="U94" s="39"/>
+      <c r="V94" s="39"/>
+      <c r="W94" s="39"/>
+      <c r="X94" s="39"/>
+      <c r="Y94" s="39"/>
+      <c r="Z94" s="34"/>
+    </row>
+    <row r="95" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B95" s="36" t="s">
+        <v>65</v>
+      </c>
+      <c r="C95" s="51"/>
+      <c r="D95" s="77"/>
+      <c r="F95" s="39"/>
+      <c r="G95" s="39"/>
+      <c r="H95" s="39"/>
+      <c r="I95" s="39"/>
+      <c r="J95" s="39"/>
+      <c r="K95" s="39"/>
+      <c r="L95" s="39"/>
+      <c r="M95" s="39"/>
+      <c r="N95" s="39"/>
+      <c r="O95" s="39"/>
+      <c r="P95" s="39"/>
+      <c r="Q95" s="39"/>
+      <c r="R95" s="39"/>
+      <c r="S95" s="39"/>
+      <c r="T95" s="39"/>
+      <c r="U95" s="39"/>
+      <c r="V95" s="39"/>
+      <c r="W95" s="39"/>
+      <c r="X95" s="39"/>
+      <c r="Y95" s="39"/>
+      <c r="Z95" s="34"/>
+    </row>
+    <row r="96" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B96" s="44" t="s">
+        <v>72</v>
+      </c>
+      <c r="C96" s="46" t="s">
+        <v>61</v>
+      </c>
+      <c r="D96" s="45" t="s">
         <v>38</v>
       </c>
-      <c r="E31" s="16" t="s">
-[...72 lines deleted...]
-      <c r="D33" s="5" t="s">
+      <c r="E96" s="45"/>
+      <c r="F96" s="45"/>
+      <c r="G96" s="45"/>
+      <c r="H96" s="45"/>
+      <c r="I96" s="45"/>
+      <c r="J96" s="45"/>
+      <c r="K96" s="45"/>
+      <c r="L96" s="45"/>
+      <c r="M96" s="45"/>
+      <c r="N96" s="45"/>
+      <c r="O96" s="45"/>
+      <c r="P96" s="45"/>
+      <c r="Q96" s="45"/>
+      <c r="R96" s="45"/>
+      <c r="S96" s="45"/>
+      <c r="T96" s="45"/>
+      <c r="U96" s="45"/>
+      <c r="V96" s="45"/>
+      <c r="W96" s="45"/>
+      <c r="X96" s="55"/>
+      <c r="Y96" s="55"/>
+      <c r="Z96" s="34"/>
+    </row>
+    <row r="97" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B97" s="35" t="s">
+        <v>62</v>
+      </c>
+      <c r="C97" s="51"/>
+      <c r="D97" s="77"/>
+      <c r="E97" s="39"/>
+      <c r="F97" s="39"/>
+      <c r="G97" s="39"/>
+      <c r="H97" s="39"/>
+      <c r="I97" s="39"/>
+      <c r="J97" s="39"/>
+      <c r="K97" s="39"/>
+      <c r="L97" s="39"/>
+      <c r="M97" s="39"/>
+      <c r="N97" s="39"/>
+      <c r="O97" s="39"/>
+      <c r="P97" s="39"/>
+      <c r="Q97" s="39"/>
+      <c r="R97" s="39"/>
+      <c r="S97" s="39"/>
+      <c r="T97" s="39"/>
+      <c r="U97" s="39"/>
+      <c r="V97" s="39"/>
+      <c r="W97" s="39"/>
+      <c r="X97" s="39"/>
+      <c r="Y97" s="39"/>
+      <c r="Z97" s="34"/>
+    </row>
+    <row r="98" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B98" s="35" t="s">
+        <v>63</v>
+      </c>
+      <c r="C98" s="51"/>
+      <c r="D98" s="77"/>
+      <c r="E98" s="39"/>
+      <c r="F98" s="39"/>
+      <c r="G98" s="39"/>
+      <c r="H98" s="39"/>
+      <c r="I98" s="39"/>
+      <c r="J98" s="39"/>
+      <c r="K98" s="39"/>
+      <c r="L98" s="39"/>
+      <c r="M98" s="39"/>
+      <c r="N98" s="39"/>
+      <c r="O98" s="39"/>
+      <c r="P98" s="39"/>
+      <c r="Q98" s="39"/>
+      <c r="R98" s="39"/>
+      <c r="S98" s="39"/>
+      <c r="T98" s="39"/>
+      <c r="U98" s="39"/>
+      <c r="V98" s="39"/>
+      <c r="W98" s="39"/>
+      <c r="X98" s="39"/>
+      <c r="Y98" s="39"/>
+      <c r="Z98" s="34"/>
+    </row>
+    <row r="99" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B99" s="35" t="s">
+        <v>64</v>
+      </c>
+      <c r="C99" s="51"/>
+      <c r="D99" s="77"/>
+      <c r="E99" s="39"/>
+      <c r="F99" s="39"/>
+      <c r="G99" s="39"/>
+      <c r="H99" s="39"/>
+      <c r="I99" s="39"/>
+      <c r="J99" s="39"/>
+      <c r="K99" s="39"/>
+      <c r="L99" s="39"/>
+      <c r="M99" s="39"/>
+      <c r="N99" s="39"/>
+      <c r="O99" s="39"/>
+      <c r="P99" s="39"/>
+      <c r="Q99" s="39"/>
+      <c r="R99" s="39"/>
+      <c r="S99" s="39"/>
+      <c r="T99" s="39"/>
+      <c r="U99" s="39"/>
+      <c r="V99" s="39"/>
+      <c r="W99" s="39"/>
+      <c r="X99" s="39"/>
+      <c r="Y99" s="39"/>
+      <c r="Z99" s="34"/>
+    </row>
+    <row r="100" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B100" s="35" t="s">
+        <v>65</v>
+      </c>
+      <c r="C100" s="51"/>
+      <c r="D100" s="77"/>
+      <c r="E100" s="39"/>
+      <c r="F100" s="39"/>
+      <c r="G100" s="39"/>
+      <c r="H100" s="39"/>
+      <c r="I100" s="39"/>
+      <c r="J100" s="39"/>
+      <c r="K100" s="39"/>
+      <c r="L100" s="39"/>
+      <c r="M100" s="39"/>
+      <c r="N100" s="39"/>
+      <c r="O100" s="39"/>
+      <c r="P100" s="39"/>
+      <c r="Q100" s="39"/>
+      <c r="R100" s="39"/>
+      <c r="S100" s="39"/>
+      <c r="T100" s="39"/>
+      <c r="U100" s="39"/>
+      <c r="V100" s="39"/>
+      <c r="W100" s="39"/>
+      <c r="X100" s="39"/>
+      <c r="Y100" s="39"/>
+      <c r="Z100" s="34"/>
+    </row>
+    <row r="101" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B101" s="44" t="s">
+        <v>73</v>
+      </c>
+      <c r="C101" s="46" t="s">
+        <v>61</v>
+      </c>
+      <c r="D101" s="45" t="s">
         <v>38</v>
       </c>
-      <c r="E33" s="16" t="s">
-[...93 lines deleted...]
-      <c r="D36" s="5" t="s">
+      <c r="E101" s="45">
+        <v>1</v>
+      </c>
+      <c r="F101" s="45">
+        <v>10</v>
+      </c>
+      <c r="G101" s="45"/>
+      <c r="H101" s="45"/>
+      <c r="I101" s="45"/>
+      <c r="J101" s="45"/>
+      <c r="K101" s="45"/>
+      <c r="L101" s="45"/>
+      <c r="M101" s="45"/>
+      <c r="N101" s="45"/>
+      <c r="O101" s="45"/>
+      <c r="P101" s="45"/>
+      <c r="Q101" s="45"/>
+      <c r="R101" s="45"/>
+      <c r="S101" s="45"/>
+      <c r="T101" s="45"/>
+      <c r="U101" s="45"/>
+      <c r="V101" s="45"/>
+      <c r="W101" s="45"/>
+      <c r="X101" s="55"/>
+      <c r="Y101" s="55"/>
+      <c r="Z101" s="34"/>
+    </row>
+    <row r="102" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B102" s="35" t="s">
+        <v>62</v>
+      </c>
+      <c r="C102" s="51"/>
+      <c r="D102" s="77"/>
+      <c r="E102" s="39"/>
+      <c r="F102" s="39"/>
+      <c r="G102" s="39"/>
+      <c r="H102" s="39"/>
+      <c r="I102" s="39"/>
+      <c r="J102" s="39"/>
+      <c r="K102" s="39"/>
+      <c r="L102" s="39"/>
+      <c r="M102" s="39"/>
+      <c r="N102" s="39"/>
+      <c r="O102" s="39"/>
+      <c r="P102" s="39"/>
+      <c r="Q102" s="39"/>
+      <c r="R102" s="39"/>
+      <c r="S102" s="39"/>
+      <c r="T102" s="39"/>
+      <c r="U102" s="39"/>
+      <c r="V102" s="39"/>
+      <c r="W102" s="39"/>
+      <c r="X102" s="39"/>
+      <c r="Y102" s="39"/>
+      <c r="Z102" s="34"/>
+    </row>
+    <row r="103" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B103" s="35" t="s">
+        <v>63</v>
+      </c>
+      <c r="C103" s="51"/>
+      <c r="D103" s="77"/>
+      <c r="E103" s="39"/>
+      <c r="F103" s="39"/>
+      <c r="G103" s="39"/>
+      <c r="H103" s="39"/>
+      <c r="I103" s="39"/>
+      <c r="J103" s="39"/>
+      <c r="K103" s="39"/>
+      <c r="L103" s="39"/>
+      <c r="M103" s="39"/>
+      <c r="N103" s="39"/>
+      <c r="O103" s="39"/>
+      <c r="P103" s="39"/>
+      <c r="Q103" s="39"/>
+      <c r="R103" s="39"/>
+      <c r="S103" s="39"/>
+      <c r="T103" s="39"/>
+      <c r="U103" s="39"/>
+      <c r="V103" s="39"/>
+      <c r="W103" s="39"/>
+      <c r="X103" s="39"/>
+      <c r="Y103" s="39"/>
+      <c r="Z103" s="34"/>
+    </row>
+    <row r="104" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B104" s="35" t="s">
+        <v>64</v>
+      </c>
+      <c r="C104" s="51"/>
+      <c r="D104" s="77"/>
+      <c r="E104" s="39"/>
+      <c r="F104" s="39"/>
+      <c r="G104" s="39"/>
+      <c r="H104" s="39"/>
+      <c r="I104" s="39"/>
+      <c r="J104" s="39"/>
+      <c r="K104" s="39"/>
+      <c r="L104" s="39"/>
+      <c r="M104" s="39"/>
+      <c r="N104" s="39"/>
+      <c r="O104" s="39"/>
+      <c r="P104" s="39"/>
+      <c r="Q104" s="39"/>
+      <c r="R104" s="39"/>
+      <c r="S104" s="39"/>
+      <c r="T104" s="39"/>
+      <c r="U104" s="39"/>
+      <c r="V104" s="39"/>
+      <c r="W104" s="39"/>
+      <c r="X104" s="39"/>
+      <c r="Y104" s="39"/>
+      <c r="Z104" s="34"/>
+    </row>
+    <row r="105" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B105" s="37" t="s">
+        <v>65</v>
+      </c>
+      <c r="C105" s="51"/>
+      <c r="D105" s="77"/>
+      <c r="E105" s="39">
+        <v>1</v>
+      </c>
+      <c r="F105" s="39">
+        <v>10</v>
+      </c>
+      <c r="G105" s="39"/>
+      <c r="H105" s="39"/>
+      <c r="I105" s="39"/>
+      <c r="J105" s="39"/>
+      <c r="K105" s="39"/>
+      <c r="L105" s="39"/>
+      <c r="M105" s="39"/>
+      <c r="N105" s="39"/>
+      <c r="O105" s="39"/>
+      <c r="P105" s="39"/>
+      <c r="Q105" s="39"/>
+      <c r="R105" s="39"/>
+      <c r="S105" s="39"/>
+      <c r="T105" s="39"/>
+      <c r="U105" s="39"/>
+      <c r="V105" s="39"/>
+      <c r="W105" s="39" t="s">
+        <v>65</v>
+      </c>
+      <c r="X105" s="39"/>
+      <c r="Y105" s="39" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z105" s="34"/>
+    </row>
+    <row r="106" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B106" s="44" t="s">
+        <v>74</v>
+      </c>
+      <c r="C106" s="46" t="s">
+        <v>61</v>
+      </c>
+      <c r="D106" s="45" t="s">
         <v>38</v>
       </c>
-      <c r="E36" s="16">
-[...35 lines deleted...]
-      <c r="D37" s="5" t="s">
+      <c r="E106" s="45"/>
+      <c r="F106" s="45"/>
+      <c r="G106" s="45"/>
+      <c r="H106" s="45"/>
+      <c r="I106" s="45"/>
+      <c r="J106" s="45"/>
+      <c r="K106" s="45"/>
+      <c r="L106" s="45"/>
+      <c r="M106" s="45"/>
+      <c r="N106" s="45"/>
+      <c r="O106" s="45"/>
+      <c r="P106" s="45"/>
+      <c r="Q106" s="45"/>
+      <c r="R106" s="45"/>
+      <c r="S106" s="45"/>
+      <c r="T106" s="45"/>
+      <c r="U106" s="45"/>
+      <c r="V106" s="45"/>
+      <c r="W106" s="45"/>
+      <c r="X106" s="55"/>
+      <c r="Y106" s="55"/>
+      <c r="Z106" s="34"/>
+    </row>
+    <row r="107" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B107" s="37" t="s">
+        <v>62</v>
+      </c>
+      <c r="C107" s="51"/>
+      <c r="D107" s="77"/>
+      <c r="E107" s="39"/>
+      <c r="F107" s="39"/>
+      <c r="G107" s="39"/>
+      <c r="H107" s="39"/>
+      <c r="I107" s="39"/>
+      <c r="J107" s="39"/>
+      <c r="K107" s="39"/>
+      <c r="L107" s="39"/>
+      <c r="M107" s="39"/>
+      <c r="N107" s="39"/>
+      <c r="O107" s="39"/>
+      <c r="P107" s="39"/>
+      <c r="Q107" s="39"/>
+      <c r="R107" s="39"/>
+      <c r="S107" s="39"/>
+      <c r="T107" s="39"/>
+      <c r="U107" s="39"/>
+      <c r="V107" s="39"/>
+      <c r="W107" s="39"/>
+      <c r="X107" s="39"/>
+      <c r="Y107" s="39"/>
+      <c r="Z107" s="34"/>
+    </row>
+    <row r="108" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B108" s="38" t="s">
+        <v>63</v>
+      </c>
+      <c r="C108" s="51"/>
+      <c r="D108" s="77"/>
+      <c r="E108" s="39"/>
+      <c r="F108" s="39"/>
+      <c r="G108" s="39"/>
+      <c r="H108" s="39"/>
+      <c r="I108" s="39"/>
+      <c r="J108" s="39"/>
+      <c r="K108" s="39"/>
+      <c r="L108" s="39"/>
+      <c r="M108" s="39"/>
+      <c r="N108" s="39"/>
+      <c r="O108" s="39"/>
+      <c r="P108" s="39"/>
+      <c r="Q108" s="39"/>
+      <c r="R108" s="39"/>
+      <c r="S108" s="39"/>
+      <c r="T108" s="39"/>
+      <c r="U108" s="39"/>
+      <c r="V108" s="39"/>
+      <c r="W108" s="39"/>
+      <c r="X108" s="39"/>
+      <c r="Y108" s="39"/>
+      <c r="Z108" s="34"/>
+    </row>
+    <row r="109" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B109" s="37" t="s">
+        <v>64</v>
+      </c>
+      <c r="C109" s="51"/>
+      <c r="D109" s="77"/>
+      <c r="E109" s="39"/>
+      <c r="F109" s="39"/>
+      <c r="G109" s="39"/>
+      <c r="H109" s="39"/>
+      <c r="I109" s="39"/>
+      <c r="J109" s="39"/>
+      <c r="K109" s="39"/>
+      <c r="L109" s="39"/>
+      <c r="M109" s="39"/>
+      <c r="N109" s="39"/>
+      <c r="O109" s="39"/>
+      <c r="P109" s="39"/>
+      <c r="Q109" s="39"/>
+      <c r="R109" s="39"/>
+      <c r="S109" s="39"/>
+      <c r="T109" s="39"/>
+      <c r="U109" s="39"/>
+      <c r="V109" s="39"/>
+      <c r="W109" s="39"/>
+      <c r="X109" s="39"/>
+      <c r="Y109" s="39"/>
+      <c r="Z109" s="34"/>
+    </row>
+    <row r="110" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B110" s="37" t="s">
+        <v>65</v>
+      </c>
+      <c r="C110" s="51"/>
+      <c r="D110" s="77"/>
+      <c r="E110" s="39"/>
+      <c r="F110" s="39"/>
+      <c r="G110" s="39"/>
+      <c r="H110" s="39"/>
+      <c r="I110" s="39"/>
+      <c r="J110" s="39"/>
+      <c r="K110" s="39"/>
+      <c r="L110" s="39"/>
+      <c r="M110" s="39"/>
+      <c r="N110" s="39"/>
+      <c r="O110" s="39"/>
+      <c r="P110" s="39"/>
+      <c r="Q110" s="39"/>
+      <c r="R110" s="39"/>
+      <c r="S110" s="39"/>
+      <c r="T110" s="39"/>
+      <c r="U110" s="39"/>
+      <c r="V110" s="39"/>
+      <c r="W110" s="39"/>
+      <c r="X110" s="39"/>
+      <c r="Y110" s="39"/>
+      <c r="Z110" s="34"/>
+    </row>
+    <row r="111" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B111" s="44" t="s">
+        <v>81</v>
+      </c>
+      <c r="C111" s="46" t="s">
+        <v>61</v>
+      </c>
+      <c r="D111" s="45" t="s">
         <v>38</v>
       </c>
-      <c r="E37" s="16">
-[...131 lines deleted...]
-      <c r="C41" s="43" t="s">
+      <c r="E111" s="45"/>
+      <c r="F111" s="45"/>
+      <c r="G111" s="45"/>
+      <c r="H111" s="45"/>
+      <c r="I111" s="45"/>
+      <c r="J111" s="45"/>
+      <c r="K111" s="45"/>
+      <c r="L111" s="45"/>
+      <c r="M111" s="45"/>
+      <c r="N111" s="45"/>
+      <c r="O111" s="45"/>
+      <c r="P111" s="45"/>
+      <c r="Q111" s="45"/>
+      <c r="R111" s="45"/>
+      <c r="S111" s="45"/>
+      <c r="T111" s="45"/>
+      <c r="U111" s="45"/>
+      <c r="V111" s="45"/>
+      <c r="W111" s="45"/>
+      <c r="X111" s="55"/>
+      <c r="Y111" s="55"/>
+      <c r="Z111" s="34"/>
+    </row>
+    <row r="112" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B112" s="37" t="s">
         <v>62</v>
       </c>
-      <c r="D41" s="41" t="s">
-[...32 lines deleted...]
-      <c r="B42" s="55" t="s">
+      <c r="C112" s="51"/>
+      <c r="D112" s="77"/>
+      <c r="E112" s="39"/>
+      <c r="F112" s="39"/>
+      <c r="G112" s="39"/>
+      <c r="H112" s="39"/>
+      <c r="I112" s="39"/>
+      <c r="J112" s="39"/>
+      <c r="K112" s="39"/>
+      <c r="L112" s="39"/>
+      <c r="M112" s="39"/>
+      <c r="N112" s="39"/>
+      <c r="O112" s="39"/>
+      <c r="P112" s="39"/>
+      <c r="Q112" s="39"/>
+      <c r="R112" s="39"/>
+      <c r="S112" s="39"/>
+      <c r="T112" s="39"/>
+      <c r="U112" s="39"/>
+      <c r="V112" s="39"/>
+      <c r="W112" s="39"/>
+      <c r="X112" s="39"/>
+      <c r="Y112" s="39"/>
+      <c r="Z112" s="34"/>
+    </row>
+    <row r="113" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B113" s="38" t="s">
         <v>63</v>
       </c>
-      <c r="C42" s="43" t="s">
+      <c r="C113" s="51"/>
+      <c r="D113" s="77"/>
+      <c r="E113" s="39"/>
+      <c r="F113" s="39"/>
+      <c r="G113" s="39"/>
+      <c r="H113" s="39"/>
+      <c r="I113" s="39"/>
+      <c r="J113" s="39"/>
+      <c r="K113" s="39"/>
+      <c r="L113" s="39"/>
+      <c r="M113" s="39"/>
+      <c r="N113" s="39"/>
+      <c r="O113" s="39"/>
+      <c r="P113" s="39"/>
+      <c r="Q113" s="39"/>
+      <c r="R113" s="39"/>
+      <c r="S113" s="39"/>
+      <c r="T113" s="39"/>
+      <c r="U113" s="39"/>
+      <c r="V113" s="39"/>
+      <c r="W113" s="39"/>
+      <c r="X113" s="39"/>
+      <c r="Y113" s="39"/>
+      <c r="Z113" s="34"/>
+    </row>
+    <row r="114" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B114" s="37" t="s">
         <v>64</v>
       </c>
-      <c r="D42" s="45" t="s">
-[...32 lines deleted...]
-      <c r="B43" s="130" t="s">
+      <c r="C114" s="51"/>
+      <c r="D114" s="52"/>
+      <c r="E114" s="39"/>
+      <c r="F114" s="39"/>
+      <c r="G114" s="39"/>
+      <c r="H114" s="39"/>
+      <c r="I114" s="39"/>
+      <c r="J114" s="39"/>
+      <c r="K114" s="39"/>
+      <c r="L114" s="39"/>
+      <c r="M114" s="39"/>
+      <c r="N114" s="39"/>
+      <c r="O114" s="39"/>
+      <c r="P114" s="39"/>
+      <c r="Q114" s="39"/>
+      <c r="R114" s="39"/>
+      <c r="S114" s="39"/>
+      <c r="T114" s="39"/>
+      <c r="U114" s="39"/>
+      <c r="V114" s="39"/>
+      <c r="W114" s="39"/>
+      <c r="X114" s="39"/>
+      <c r="Y114" s="39"/>
+      <c r="Z114" s="34"/>
+    </row>
+    <row r="115" spans="2:26" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B115" s="41" t="s">
         <v>65</v>
       </c>
-      <c r="C43" s="131"/>
-[...557 lines deleted...]
-      <c r="B60" s="62" t="s">
+      <c r="C115" s="51"/>
+      <c r="D115" s="52"/>
+      <c r="E115" s="39"/>
+      <c r="F115" s="39"/>
+      <c r="G115" s="39"/>
+      <c r="H115" s="39"/>
+      <c r="I115" s="39"/>
+      <c r="J115" s="39"/>
+      <c r="K115" s="39"/>
+      <c r="L115" s="39"/>
+      <c r="M115" s="39"/>
+      <c r="N115" s="39"/>
+      <c r="O115" s="39"/>
+      <c r="P115" s="39"/>
+      <c r="Q115" s="39"/>
+      <c r="R115" s="39"/>
+      <c r="S115" s="39"/>
+      <c r="T115" s="39"/>
+      <c r="U115" s="39"/>
+      <c r="V115" s="39"/>
+      <c r="W115" s="39"/>
+      <c r="X115" s="39"/>
+      <c r="Y115" s="39"/>
+      <c r="Z115" s="34"/>
+    </row>
+    <row r="116" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B116" s="79"/>
+      <c r="C116" s="104"/>
+      <c r="D116" s="104"/>
+      <c r="E116" s="104"/>
+      <c r="F116" s="104"/>
+      <c r="G116" s="104"/>
+      <c r="H116" s="104"/>
+      <c r="I116" s="104"/>
+      <c r="J116" s="104"/>
+      <c r="K116" s="104"/>
+      <c r="L116" s="104"/>
+      <c r="M116" s="104"/>
+      <c r="N116" s="104"/>
+      <c r="O116" s="104"/>
+      <c r="P116" s="104"/>
+      <c r="Q116" s="104"/>
+      <c r="R116" s="104"/>
+      <c r="S116" s="104"/>
+      <c r="T116" s="104"/>
+      <c r="U116" s="104"/>
+      <c r="V116" s="104"/>
+      <c r="W116" s="104"/>
+      <c r="X116" s="104"/>
+      <c r="Y116" s="104"/>
+      <c r="Z116" s="104"/>
+    </row>
+    <row r="117" spans="2:26" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B117" s="9" t="s">
+        <v>98</v>
+      </c>
+      <c r="C117" s="79"/>
+      <c r="D117" s="79"/>
+      <c r="E117" s="79"/>
+      <c r="F117" s="79"/>
+      <c r="G117" s="79"/>
+      <c r="H117" s="79"/>
+      <c r="I117" s="79"/>
+      <c r="J117" s="79"/>
+      <c r="K117" s="79"/>
+      <c r="L117" s="79"/>
+      <c r="M117" s="79"/>
+      <c r="N117" s="79"/>
+      <c r="O117" s="79"/>
+      <c r="P117" s="79"/>
+      <c r="Q117" s="79"/>
+      <c r="R117" s="79"/>
+      <c r="S117" s="79"/>
+      <c r="T117" s="79"/>
+      <c r="U117" s="79"/>
+      <c r="V117" s="79"/>
+      <c r="W117" s="79"/>
+      <c r="X117" s="79"/>
+      <c r="Y117" s="79"/>
+      <c r="Z117" s="10" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="118" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B118" s="8" t="s">
         <v>75</v>
       </c>
-      <c r="C60" s="51" t="s">
-[...153 lines deleted...]
-      <c r="B65" s="48" t="s">
+      <c r="C118" s="79"/>
+      <c r="D118" s="79"/>
+      <c r="E118" s="79"/>
+      <c r="F118" s="79"/>
+      <c r="G118" s="79"/>
+      <c r="H118" s="79"/>
+      <c r="I118" s="79"/>
+      <c r="J118" s="79"/>
+      <c r="K118" s="79"/>
+      <c r="L118" s="79"/>
+      <c r="M118" s="79"/>
+      <c r="N118" s="79"/>
+      <c r="O118" s="79"/>
+      <c r="P118" s="79"/>
+      <c r="Q118" s="79"/>
+      <c r="R118" s="79"/>
+      <c r="S118" s="79"/>
+      <c r="T118" s="79"/>
+      <c r="U118" s="79"/>
+      <c r="V118" s="79"/>
+      <c r="W118" s="79"/>
+      <c r="X118" s="79"/>
+      <c r="Y118" s="79"/>
+      <c r="Z118" s="8" t="s">
         <v>76</v>
       </c>
-      <c r="C65" s="51" t="s">
-[...1875 lines deleted...]
-      <c r="T124" s="148"/>
+    </row>
+    <row r="119" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="B119" s="80"/>
+      <c r="C119" s="80"/>
+      <c r="D119" s="80"/>
+      <c r="E119" s="80"/>
+      <c r="F119" s="80"/>
+      <c r="G119" s="80"/>
+      <c r="H119" s="80"/>
+      <c r="I119" s="80"/>
+      <c r="J119" s="80"/>
+      <c r="K119" s="80"/>
+      <c r="L119" s="80"/>
+      <c r="M119" s="80"/>
+      <c r="N119" s="80"/>
+      <c r="O119" s="80"/>
+      <c r="P119" s="80"/>
+      <c r="Q119" s="80"/>
+      <c r="R119" s="80"/>
+      <c r="S119" s="80"/>
+      <c r="T119" s="80"/>
+      <c r="U119" s="80"/>
+      <c r="V119" s="80"/>
+      <c r="W119" s="80"/>
+      <c r="X119" s="80"/>
+      <c r="Y119" s="80"/>
+      <c r="Z119" s="80"/>
+    </row>
+    <row r="120" spans="2:26" x14ac:dyDescent="0.3">
+      <c r="E120" s="81">
+        <v>45707</v>
+      </c>
+      <c r="F120" s="82"/>
+      <c r="G120" s="82"/>
+      <c r="H120" s="82"/>
+      <c r="I120" s="82"/>
+      <c r="J120" s="82"/>
+      <c r="K120" s="82"/>
+      <c r="L120" s="82"/>
+      <c r="M120" s="82"/>
+      <c r="N120" s="82"/>
+      <c r="O120" s="82"/>
+      <c r="P120" s="82"/>
+      <c r="Q120" s="82"/>
+      <c r="R120" s="82"/>
+      <c r="S120" s="82"/>
+      <c r="T120" s="82"/>
     </row>
   </sheetData>
-  <mergeCells count="61">
-[...30 lines deleted...]
-    <mergeCell ref="B27:B28"/>
+  <mergeCells count="62">
+    <mergeCell ref="E16:E17"/>
+    <mergeCell ref="F16:F17"/>
+    <mergeCell ref="B12:Z12"/>
+    <mergeCell ref="B2:X2"/>
+    <mergeCell ref="B3:Z3"/>
+    <mergeCell ref="B4:Z4"/>
+    <mergeCell ref="B5:Z5"/>
+    <mergeCell ref="B6:Z6"/>
+    <mergeCell ref="B7:Z7"/>
+    <mergeCell ref="B8:Z8"/>
+    <mergeCell ref="B9:Z9"/>
+    <mergeCell ref="B10:Z10"/>
+    <mergeCell ref="E11:F11"/>
+    <mergeCell ref="G11:V11"/>
     <mergeCell ref="B18:B21"/>
-    <mergeCell ref="B31:B33"/>
+    <mergeCell ref="B32:B34"/>
     <mergeCell ref="B13:Z13"/>
     <mergeCell ref="B14:B17"/>
     <mergeCell ref="C14:C17"/>
     <mergeCell ref="D14:D17"/>
     <mergeCell ref="E14:F14"/>
     <mergeCell ref="G14:V14"/>
     <mergeCell ref="W14:W17"/>
     <mergeCell ref="X14:X17"/>
     <mergeCell ref="Y14:Y17"/>
     <mergeCell ref="Z14:Z17"/>
     <mergeCell ref="E15:F15"/>
     <mergeCell ref="H15:L15"/>
     <mergeCell ref="M15:Q15"/>
     <mergeCell ref="R15:V15"/>
-    <mergeCell ref="E16:E17"/>
-[...12 lines deleted...]
-    <mergeCell ref="G11:V11"/>
+    <mergeCell ref="H16:H17"/>
+    <mergeCell ref="B116:Z116"/>
+    <mergeCell ref="C117:Y117"/>
+    <mergeCell ref="I16:L16"/>
+    <mergeCell ref="M16:M17"/>
+    <mergeCell ref="B45:Z45"/>
+    <mergeCell ref="B44:Z44"/>
+    <mergeCell ref="E19:F19"/>
+    <mergeCell ref="B40:Y40"/>
+    <mergeCell ref="B36:Y36"/>
+    <mergeCell ref="B35:Z35"/>
+    <mergeCell ref="B39:Z39"/>
+    <mergeCell ref="B30:Z30"/>
+    <mergeCell ref="B31:Y31"/>
+    <mergeCell ref="B24:B27"/>
+    <mergeCell ref="B28:B29"/>
+    <mergeCell ref="Y18:Y21"/>
+    <mergeCell ref="C118:Y118"/>
+    <mergeCell ref="B119:Z119"/>
+    <mergeCell ref="E120:T120"/>
+    <mergeCell ref="N16:Q16"/>
+    <mergeCell ref="R16:R17"/>
+    <mergeCell ref="S16:V16"/>
+    <mergeCell ref="E18:F18"/>
+    <mergeCell ref="G18:V18"/>
+    <mergeCell ref="E20:F20"/>
+    <mergeCell ref="G20:V20"/>
+    <mergeCell ref="E21:F21"/>
+    <mergeCell ref="G21:V21"/>
+    <mergeCell ref="B22:Z22"/>
+    <mergeCell ref="B23:Z23"/>
+    <mergeCell ref="G16:G17"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokumentas" ma:contentTypeID="0x010100D6D979928C726E439EA8959A3B808D71" ma:contentTypeVersion="8" ma:contentTypeDescription="Kurkite naują dokumentą." ma:contentTypeScope="" ma:versionID="29259d5c0f86600ce4006d8c173a280e">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="919c88fd-960e-4921-becc-0fea838edfac" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="83b62f36fa677baed7d571b24eab389e" ns2:_="">
     <xsd:import namespace="919c88fd-960e-4921-becc-0fea838edfac"/>
     <xsd:element name="properties">
       <xsd:complexType>
@@ -6591,102 +6341,102 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
-</file>
-[...4 lines deleted...]
-</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{22B96CE0-E34B-48AB-AE3A-1D5EE0717543}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="919c88fd-960e-4921-becc-0fea838edfac"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DDCAFAA6-0FBE-4D43-BDA2-DCA3E11A1306}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DE94D0CB-96EF-435B-850C-D048ACF61FD3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="919c88fd-960e-4921-becc-0fea838edfac"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DDCAFAA6-0FBE-4D43-BDA2-DCA3E11A1306}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darbalapiai</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>VSPVP (2)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>